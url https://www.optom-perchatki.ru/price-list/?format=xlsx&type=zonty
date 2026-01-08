--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Тип зонта</t>
   </si>
   <si>
     <t>Механизм открывания</t>
   </si>
   <si>
     <t>Цена ед., руб.</t>
   </si>
   <si>
     <t>Разм. ряд</t>
   </si>
   <si>
@@ -77,70 +77,54 @@
   <si>
     <t>305L</t>
   </si>
   <si>
     <t>Зонт женский</t>
   </si>
   <si>
     <t>Минимальная партия: 4 зонта всех 4х леопардовых расцветок, представленных на фото.</t>
   </si>
   <si>
     <t>Женский, Компактный</t>
   </si>
   <si>
     <t>Механика</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5865.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5865.jpg</t>
   </si>
   <si>
-    <t>316B</t>
+    <t>316S</t>
   </si>
   <si>
     <t>Зонт двухсторонний</t>
-  </si>
-[...14 lines deleted...]
-    <t>316S</t>
   </si>
   <si>
     <t>Двухсторонний механический зонт — снаружи однотонный цвет с металлическим отливом, по краю серебристый кант, изнутри - серебристый цвет.
 Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.</t>
   </si>
   <si>
     <t>Мужской, Женский, Компактный, Однотонный, Двухсторонний</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5863.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5863.jpg</t>
   </si>
   <si>
     <t>Зонтики с оригинальным рисунком: белые и красные яблочки на ярком контрастном фоне, белый кант по краю купола. Ветрозащита.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Автомат</t>
   </si>
   <si>
@@ -176,96 +160,64 @@
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5877.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5877.jpg</t>
   </si>
   <si>
     <t>3671A</t>
   </si>
   <si>
     <t>Женственный зонтик в крупный контрастный горох с рюшами по краю купола и на чехле. Ветрозащита. Ручка из прорезиненного пластика.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>Полуавтомат</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5873.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5873.jpg</t>
   </si>
   <si>
-    <t>3672-1</t>
-[...14 lines deleted...]
-  <si>
     <t>Очень модный зонт в яркую контрастную клетку, с рюшами по краю купола и на чехле. Ветрозащита. Ручка из пластика с покрытием soft touch.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5910.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5910.jpg</t>
   </si>
   <si>
-    <t>369B</t>
+    <t>3727B</t>
   </si>
   <si>
     <t>Зонт мужской</t>
-  </si>
-[...14 lines deleted...]
-    <t>3727B</t>
   </si>
   <si>
     <t>Ручка из пластика (под дерево).
 Минимальная партия: 2 зонта (оба черные).</t>
   </si>
   <si>
     <t>Мужской, Компактный, Черный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5866.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5866.jpg</t>
   </si>
   <si>
     <t>3727F</t>
   </si>
   <si>
     <t>Ручка из пластика (под дерево).
 Минимальная партия: 6 зонтов в 6 расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5870.jpg</t>
   </si>
   <si>
@@ -323,589 +275,233 @@
     <t>http://www.optom-perchatki.ru/uploads/products/small/5868.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5868.jpg</t>
   </si>
   <si>
     <t>3727Y</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5871.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5871.jpg</t>
   </si>
   <si>
     <t>Ветрозащита. Ручка из прорезиненного пластика.
 Минимальная партия: 6 зонтов в 6-ти разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5879.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5879.jpg</t>
   </si>
   <si>
-    <t>Женственный зонтик в мелкий контрастный горошек и с рюшами по краю купола и на чехле. Ветрозащита. Ручка из прорезиненного пластика.
-[...21 lines deleted...]
-  <si>
     <t>Зонты с фрагментами известных картин на куполах! Ветрозащита. Ручка из прорезиненного пластика.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5876.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5876.jpg</t>
   </si>
   <si>
     <t>Ветрозащита. Ручка из прорезиненного пластика. Чехол нестандартной формы с отстрочкой.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5874.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5874.jpg</t>
   </si>
   <si>
-    <t xml:space="preserve">Элегантный мужской зонт благородного серого цвета с мелкой контрастной клеткой. Есть варианты цвета полос: синий, красный, т.синий, коричневый.  Ветрозащита. Ручка из пластика в покрытием soft touch с пластиковой вставкой &lt;под дерево&gt;.
-[...35 lines deleted...]
-  <si>
     <t>Lantana</t>
   </si>
   <si>
-    <t>LAN2007</t>
+    <t>LAN649</t>
+  </si>
+  <si>
+    <t>Минимальная партия: 2 зонта всех 2 расцветок, представленных на фото.
+Двойной купол! Снаружи - цветной эпонж, изнутри - черный полиэстер.
+Механизм - автомат необычного сложения: фиксация на всем протяжении складывания. Ветрозащита.</t>
+  </si>
+  <si>
+    <t>Женский, Двухсторонний</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5117.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5117.jpg</t>
+  </si>
+  <si>
+    <t>LAN727</t>
+  </si>
+  <si>
+    <t>Минимальная партия: 6 зонтов — разных расцветок из 12 представленных на фото. Если заказываете 2 минимальные партии — будет полная упаковка со всеми 12 разными цветами, как на фото.
+Ветрозащита.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5103.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5103.jpg</t>
+  </si>
+  <si>
+    <t>LAN750</t>
   </si>
   <si>
     <t>Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.
-Ветрозащита. Ручка с покрытием soft touch.
-[...22 lines deleted...]
-    <t>LAN2026</t>
+Ветрозащита.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5060.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5060.jpg</t>
+  </si>
+  <si>
+    <t>LAN761</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5091.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5091.jpg</t>
+  </si>
+  <si>
+    <t>LAN769</t>
+  </si>
+  <si>
+    <t>Минимальная партия: 5 зонтов всех 5 расцветок, представленных на фото.
+Ветрозащита.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5063.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5063.jpg</t>
+  </si>
+  <si>
+    <t>LAN772</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5093.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5093.jpg</t>
+  </si>
+  <si>
+    <t>LAN777</t>
+  </si>
+  <si>
+    <t>Минимальная партия: 6 зонтов — разных расцветок из 12 представленных на фото. Если заказываете 2 минимальные партии — будет полная упаковка со всеми 12 разными цветами, как на фото.
+Каждый зонт в индивидуальной картонной упаковке с прозрачной крышкой. Ветрозащита.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5069.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5069.jpg</t>
+  </si>
+  <si>
+    <t>LAN805</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5851.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5851.jpg</t>
+  </si>
+  <si>
+    <t>LAN807N</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5836.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5836.jpg</t>
+  </si>
+  <si>
+    <t>LAN809</t>
   </si>
   <si>
     <t>Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.
 Ветрозащита.
-Каждый зонт в индивидуальной картонной упаковке с прозрачной крышкой.</t>
-[...242 lines deleted...]
-    <t>LAN809</t>
+Осталась одна расцветка!</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5837.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5837.jpg</t>
-  </si>
-[...11 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5105.jpg</t>
   </si>
   <si>
     <t>LAN817</t>
   </si>
   <si>
     <t xml:space="preserve">Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.
  </t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5169.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5169.jpg</t>
   </si>
   <si>
-    <t>LAN818</t>
-[...68 lines deleted...]
-  <si>
     <t>LAN825T</t>
   </si>
   <si>
     <t>Зонт-трость мужской</t>
   </si>
   <si>
     <t>Большой зонт-трость.
 Минимальная партия: 4 зонта всех 4 цветов - все представлены на фото.
 Ветрозащита. Ручка из пластика в покрытием soft touch с металлическим наконечником.</t>
   </si>
   <si>
     <t>Мужской, Большой, Трость</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5846.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5846.jpg</t>
   </si>
   <si>
-    <t>LAN828</t>
-[...11 lines deleted...]
-  <si>
     <t>LAN925</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5852.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5852.jpg</t>
-  </si>
-[...33 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5859.jpg</t>
   </si>
   <si>
     <t>SL38024</t>
   </si>
   <si>
     <t>Минимальная партия: 4 зонта всех 4х расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5125.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5125.jpg</t>
   </si>
   <si>
     <t>SL38025</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5126.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5126.jpg</t>
   </si>
   <si>
     <t>SL38028</t>
@@ -951,256 +547,162 @@
     <t>http://www.optom-perchatki.ru/uploads/products/large/5140.jpg</t>
   </si>
   <si>
     <t>SL38039</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5141.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5141.jpg</t>
   </si>
   <si>
     <t>SL38040</t>
   </si>
   <si>
     <t>Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5130.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5130.jpg</t>
   </si>
   <si>
-    <t>SL38046A</t>
-[...11 lines deleted...]
-  <si>
     <t>SL38046B</t>
   </si>
   <si>
     <t>Минимальная партия: 2 зонта двух расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5132.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5132.jpg</t>
   </si>
   <si>
     <t>SL38047A</t>
   </si>
   <si>
     <t xml:space="preserve">Минимальная партия: 3 зонта всех 3х расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.
  </t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5142.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5142.jpg</t>
   </si>
   <si>
-    <t>SL38047B</t>
-[...12 lines deleted...]
-  <si>
     <t>SL38048</t>
   </si>
   <si>
     <t xml:space="preserve">Минимальная партия: 5 зонтов всех 5 расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.
  </t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5139.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5139.jpg</t>
   </si>
   <si>
     <t>SL38049</t>
   </si>
   <si>
     <t>Минимальная партия: 4 зонта всех 4 расцветок, представленных на фото.
 Материал купола - полиэстер &lt;под шелк&gt;. Внутренняя сторона ткани купола - белая. Ручка пластиковая &lt;под дерево&gt;. Очень приятная, женственная модель!
 Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5133.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5133.jpg</t>
   </si>
   <si>
     <t>SL38053</t>
   </si>
   <si>
     <t>Минимальная партия: 4 зонта всех 4 расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5134.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5134.jpg</t>
   </si>
   <si>
     <t>Monsoon</t>
   </si>
   <si>
-    <t>M8017</t>
-[...43 lines deleted...]
-  <si>
     <t>M8021</t>
   </si>
   <si>
     <t>Продается поштучно.
 Стильный большой зонт-трость с прямой прозрачной акриловой ручкой.
 Ветрозащита.</t>
   </si>
   <si>
     <t>Мужской, Большой, Трость, Черный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5840.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5840.jpg</t>
   </si>
   <si>
     <t>M8034</t>
   </si>
   <si>
-    <t>Минимальная партия: 3 зонта - 1 с красной розой, 1 с желтой розой, 1 с розовой розой.
+    <t>Минимальная партия: 2 зонта с красной розой, 1 с желтой розой, 1 с розовой розой.
 Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5115.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5115.jpg</t>
   </si>
   <si>
-    <t>M8036</t>
+    <t>M8045</t>
   </si>
   <si>
     <t>Минимальная партия: 6 зонтов — разных расцветок из 12 представленных на фото. Если заказываете 2 минимальные партии — будет полная упаковка со всеми 12 разными расцветками, как на фото.
 Ветрозащита.</t>
   </si>
   <si>
-    <t>http://www.optom-perchatki.ru/uploads/products/small/5087.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5351.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5351.jpg</t>
-  </si>
-[...11 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5350.jpg</t>
   </si>
   <si>
     <t>M9009</t>
   </si>
   <si>
     <t>Компактный, легкий зонт  ЭКОНОМ-сегмента.
 Минимальная партия: 6 зонтов — расцветки в ассортименте.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5843.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5843.jpg</t>
   </si>
   <si>
     <t>M9009-stock</t>
   </si>
   <si>
     <t>Компактный, легкий зонт  ЭКОНОМ-сегмента.
 РАСПРОДАЖА - на куполах имеются пятна - отпечатки принта.
 Продается поштучно: расцветка в ассортименте или на выбор (если есть нужная в распродаже).</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/6030.jpg</t>
   </si>
@@ -1211,361 +713,272 @@
     <t>MF7004</t>
   </si>
   <si>
     <t>Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.
 Ручка из прорезиненного пластика. Ветрозащита.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5088.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5088.jpg</t>
   </si>
   <si>
     <t>MF7005</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5102.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5102.jpg</t>
   </si>
   <si>
     <t>MF7007</t>
   </si>
   <si>
+    <t>Зонт детский</t>
+  </si>
+  <si>
     <t>Продается по 2 шт разного цвета - обе расцветки представлены на фото.
 Для безопасности ребенка: пластиковые насадки на кончиках спиц. Пластиковый наконечник на верхушке зонтика.
 На ручке свисток).</t>
   </si>
   <si>
+    <t>Детский, Трость</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5839.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5839.jpg</t>
   </si>
   <si>
     <t>MM5109</t>
+  </si>
+  <si>
+    <t>Зонт-трость</t>
   </si>
   <si>
     <t>Зонт-трость прозрачный с рисунком на одном клине. Глубокий купол.
 Минимальная партия: 6 зонтов всех 6 расцветок — все представлены на фото.</t>
   </si>
   <si>
     <t>Женский, Трость, Прозрачный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5847.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5847.jpg</t>
   </si>
   <si>
     <t>RST</t>
   </si>
   <si>
     <t>RST005A</t>
   </si>
   <si>
+    <t>Зонт-трость женский</t>
+  </si>
+  <si>
     <t>Очень женственный зонт-трость с глубоким куполом из POE с нанесенным рисунком ажурного гипюра, по краю купола рюши в тон. Ручка-крюк из прозрачного пластика и сверху градиент цвета в тон куполу.
-Минимальная партия: 6 зонтов в 4х цветах (2 черный, 2 белый, 1 розовый, 1 ментоловый) — все представлены на фото.</t>
+Минимальная партия: 6 зонтов в 4х цветах (2 черный, 2 белый, 1 розовый, 1 ментоловый) — все представлены на фото.
+Осталось две расцветки!</t>
   </si>
   <si>
     <t>Женский, Трость, Прозрачный, Кружевной</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5895.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5895.jpg</t>
-  </si>
-[...15 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5850.jpg</t>
   </si>
   <si>
     <t>RST045</t>
   </si>
   <si>
     <t>Детский зонт-трость цветов радуги.
 Для безопасности ребенка: пластиковые насадки на кончиках спиц и пластиковый наконечник на верхушке зонтика.  Ветрозащита.
 Минимальная партия: 4 зонта в 4х расцветках: зеленый, оранжевый, синий, красный - по цвету ручки, верхушки и пластиковых насадок на спицах. Все представлены на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5900.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5900.jpg</t>
   </si>
   <si>
-    <t>RST063</t>
-[...12 lines deleted...]
-  <si>
     <t>RST075</t>
   </si>
   <si>
     <t>Детский зонт-трость нежных цветов с мелким горошком в тон.
 Для безопасности ребенка: пластиковые насадки на кончиках спиц и пластиковый наконечник на верхушке зонтика.
 Минимальная партия: 4 зонта в 4х цветах (желтый, голубой, розовый, лавандовый) — все представлены на фото.</t>
   </si>
   <si>
     <t>Детский, Трость, Однотонный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5893.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5893.jpg</t>
   </si>
   <si>
-    <t>RST1203</t>
-[...10 lines deleted...]
-  <si>
     <t>RST1713</t>
   </si>
   <si>
     <t>Очень эффектный зонт-трость в яркую клетку. Глубокий купол. 16 спиц из фибергласса - ветрозащита. Ручка-крюк из прозрачного пластика и сверху градиент цвета в тон куполу.
 Минимальная партия: 4 зонта в 4х цветах — все представлены на фото.</t>
   </si>
   <si>
     <t>Женский, Трость</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5892.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5892.jpg</t>
   </si>
   <si>
-    <t>RST3204</t>
-[...14 lines deleted...]
-  <si>
     <t>RST3635</t>
   </si>
   <si>
     <t>Модные зонтики с рисунком &lt;марки&gt; на куполе. В двух расцветках. Ветрозащита. Ручка из прорезиненного пластика.
 Минимальная партия: 2 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5884.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5884.jpg</t>
   </si>
   <si>
     <t>RST371</t>
   </si>
   <si>
     <t>Двухсторонний механический зонт — снаружи приятного розового цвета с нежными цветочками, изнутри глубокий черный цвет.
 Продается поштучно.</t>
   </si>
   <si>
     <t>Женский, Компактный, Двухсторонний</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5861.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5861.jpg</t>
   </si>
   <si>
     <t>RST3739A</t>
   </si>
   <si>
     <t>Ветрозащита. Ручка из пластика soft touch.
 Минимальная партия: 4 зонта в 4х разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5906.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5906.jpg</t>
   </si>
   <si>
-    <t>RST3803A</t>
-[...18 lines deleted...]
-  <si>
     <t>RST382</t>
   </si>
   <si>
     <t>Двухсторонний механический зонт - снаружи яркий цвет с рисунком на одном клине, изнутри глубокий черный цвет.
-Минимальная партия: 6 зонтов всех 6 расцветок, представленных на фото.</t>
+Минимальная партия: 3 зонта всех 3 расцветок, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5860.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5860.jpg</t>
   </si>
   <si>
     <t>RST390</t>
   </si>
   <si>
     <t>Большой двухсторонний женский зонт с фигурным краем. Яркие актуальные цвета в мелкий горошек. Ветрозащита.
 Минимальная партия: 6 зонтов всех 6-ти расцветок (сиреневый, св.зеленый, розовый, голубой, фиолетовый, ментоловый), представленных на фото.</t>
   </si>
   <si>
     <t>Женский, Большой, Двухсторонний</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5905.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5905.jpg</t>
   </si>
   <si>
     <t>RST5917</t>
+  </si>
+  <si>
+    <t>Зонт женский проявляющийся</t>
   </si>
   <si>
     <t>ХИТ СЕЗОНА! Очень модный компактный женский зонт. Снаружи цвета слоновой кости с проявляющимися под дождем сердечками красного и розового цвета, а внутри глубокого черного цвета. Ветрозащита.
 Продаётся поштучно.</t>
   </si>
   <si>
     <t>Женский, Компактный, Двухсторонний, С проявляющимся рисунком</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5902.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5902.jpg</t>
   </si>
   <si>
     <t>RST5935</t>
   </si>
   <si>
     <t xml:space="preserve">Компактный женский зонтик молочного цвета в полоску. Чехол-кармашек. Ветрозащита.
 Минимальная партия: 3 зонта всех 3х расцветок, представленных на фото.
  </t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5903.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5903.jpg</t>
   </si>
   <si>
-    <t>RST802</t>
-[...11 lines deleted...]
-  <si>
     <t>RST910</t>
   </si>
   <si>
     <t>Детский зонт-трость с куполом в виде ягоды или фрукта с разрезом - материал POE с 3D-эффектом.
 Для безопасности ребенка: пластиковые насадки на кончиках спиц и пластиковый наконечник на верхушке зонтика - в тон куполу.
 Минимальная партия: 6 зонтов в 6ти цветах (арбуз, апельсин, ананас, виноград, клубника, киви) — все представлены на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5894.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5894.jpg</t>
-  </si>
-[...11 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5848.jpg</t>
   </si>
   <si>
     <t>Top</t>
   </si>
   <si>
     <t>SA371</t>
   </si>
   <si>
     <t>Женственный серебристый зонтик в контрастный градиентный горошек, с рюшами по краю купола и на чехле. Ветрозащита.
 Минимальная партия: 6 зонтов в 6-ти разных расцветках, представленных на фото.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5882.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5882.jpg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
@@ -1952,62 +1365,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5865.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5865.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5864.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5864.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5863.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5863.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5908.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5908.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5910.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5910.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5907.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5907.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5866.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5866.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5867.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5867.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5868.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5868.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5909.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5909.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5911.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5911.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5897.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5897.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5853.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5853.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5854.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5854.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5855.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5855.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5856.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5856.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5117.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5117.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5107.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5107.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5103.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5103.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5067.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5067.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5090.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5090.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5091.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5091.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5064.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5064.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5167.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5167.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5092.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5092.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5063.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5063.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5093.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5093.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5068.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5068.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5061.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5061.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5069.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5069.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5119.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5119.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5851.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5851.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5836.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5836.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5837.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5837.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5105.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5105.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5169.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5169.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5844.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5844.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5122.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5122.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5845.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5845.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5109.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5109.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5846.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5846.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5838.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5838.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5852.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5852.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5857.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5857.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5858.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5858.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5859.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5859.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5126.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5126.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5129.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5129.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5140.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5140.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5141.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5141.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5130.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5130.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5131.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5131.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5132.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5132.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5142.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5142.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5143.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5143.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5139.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5139.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5133.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5133.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5134.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5134.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5111.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5111.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5112.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5112.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5840.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5840.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5115.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5115.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5087.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5087.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5843.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5843.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5088.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5088.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5102.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5102.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5839.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5839.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5847.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5847.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5850.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5850.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5901.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5901.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5862.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5862.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5904.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5904.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5861.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5861.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5883.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5883.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5860.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5860.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5905.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5905.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5902.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5902.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5896.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5896.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5848.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5848.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5882.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5865.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5865.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5863.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5863.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5910.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5910.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5866.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5866.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5867.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5867.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5868.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5868.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5117.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5117.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5103.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5103.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5091.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5091.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5063.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5063.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5093.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5093.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5069.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5069.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5851.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5851.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5836.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5836.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5837.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5837.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5169.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5169.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5846.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5846.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5852.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5852.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5126.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5126.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5129.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5129.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5140.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5140.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5141.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5141.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5130.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5130.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5132.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5132.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5142.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5142.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5139.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5139.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5133.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5133.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5134.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5134.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5840.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5840.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5115.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5115.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5843.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5843.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5088.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5088.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5102.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5102.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5839.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5839.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5847.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5847.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5861.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5861.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5860.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5860.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5905.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5905.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5902.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5902.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5882.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L109"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A109" sqref="A109"/>
+      <selection activeCell="A66" sqref="A66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="16" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="45" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
     <col min="10" max="10" width="9" customWidth="true" style="0"/>
     <col min="11" max="11" width="55" customWidth="true" style="0"/>
     <col min="12" max="12" width="55" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -2081,4091 +1494,2457 @@
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2">
         <v>250</v>
       </c>
       <c r="H3" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I3" s="3">
-        <v>250</v>
+        <v>1500</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="B4" s="2">
+        <v>3206</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="2" t="s">
+      <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="2">
-        <v>250</v>
+        <v>450</v>
       </c>
       <c r="H4" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I4" s="3">
-        <v>1500</v>
+        <v>1800</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="H5" s="3">
         <v>4</v>
       </c>
       <c r="I5" s="3">
-        <v>1760</v>
+        <v>1800</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="2">
-        <v>3208</v>
+        <v>3213</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G6" s="2">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="H6" s="3">
         <v>4</v>
       </c>
       <c r="I6" s="3">
-        <v>1760</v>
+        <v>1800</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
-        <v>3213</v>
+        <v>3619</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G7" s="2">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="H7" s="3">
         <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>1760</v>
+        <v>1800</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="2">
-        <v>3619</v>
+      <c r="B8" s="2" t="s">
+        <v>42</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8" s="2">
-        <v>440</v>
+        <v>480</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
-        <v>1760</v>
+        <v>1920</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>45</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="2" t="s">
+      <c r="B9" s="2">
+        <v>3676</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G9" s="2">
-        <v>460</v>
+        <v>500</v>
       </c>
       <c r="H9" s="3">
         <v>4</v>
       </c>
       <c r="I9" s="3">
-        <v>1840</v>
+        <v>2000</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L9" s="5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="2">
+        <v>220</v>
+      </c>
+      <c r="H10" s="3">
+        <v>2</v>
+      </c>
+      <c r="I10" s="3">
+        <v>440</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...14 lines deleted...]
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="2">
-        <v>3676</v>
+      <c r="B11" s="2" t="s">
+        <v>56</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G11" s="2">
-        <v>480</v>
+        <v>220</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
-        <v>1920</v>
+        <v>1320</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>58</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="2">
-        <v>400</v>
+        <v>220</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
-        <v>400</v>
+        <v>1320</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="L12" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="2">
         <v>220</v>
       </c>
       <c r="H13" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
-        <v>440</v>
+        <v>1320</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L13" s="5" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="2">
         <v>220</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I14" s="3">
-        <v>1320</v>
+        <v>660</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2">
-        <v>220</v>
+        <v>190</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I15" s="3">
-        <v>1320</v>
+        <v>570</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="L15" s="5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="2">
         <v>220</v>
       </c>
       <c r="H16" s="3">
         <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>1320</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="2" t="s">
-        <v>84</v>
+      <c r="B17" s="2">
+        <v>3733</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G17" s="2">
-        <v>220</v>
+        <v>450</v>
       </c>
       <c r="H17" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
-        <v>660</v>
+        <v>2700</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="L17" s="5" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="2" t="s">
-        <v>88</v>
+      <c r="B18" s="2">
+        <v>3742</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G18" s="2">
-        <v>160</v>
+        <v>450</v>
       </c>
       <c r="H18" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
-        <v>480</v>
+        <v>1800</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="L18" s="5" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="2" t="s">
-        <v>92</v>
+      <c r="B19" s="2">
+        <v>3826</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G19" s="2">
-        <v>220</v>
+        <v>450</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
-        <v>1320</v>
+        <v>1800</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="L19" s="5" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3733</v>
+        <v>89</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>90</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G20" s="2">
-        <v>440</v>
+        <v>560</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
-        <v>2640</v>
+        <v>1120</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="L20" s="5" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3735</v>
+        <v>89</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>95</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G21" s="2">
-        <v>460</v>
+        <v>545</v>
       </c>
       <c r="H21" s="3">
         <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>2760</v>
+        <v>3270</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="L21" s="5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3741</v>
+        <v>89</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>99</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D22" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" s="2">
+        <v>420</v>
+      </c>
+      <c r="H22" s="3">
+        <v>6</v>
+      </c>
+      <c r="I22" s="3">
+        <v>2520</v>
+      </c>
+      <c r="J22" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="L22" s="5" t="s">
         <v>102</v>
-      </c>
-[...19 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3742</v>
+        <v>89</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>103</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" s="2">
+        <v>420</v>
+      </c>
+      <c r="H23" s="3">
+        <v>6</v>
+      </c>
+      <c r="I23" s="3">
+        <v>2520</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="L23" s="5" t="s">
         <v>105</v>
-      </c>
-[...22 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3826</v>
+        <v>89</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" s="2">
+        <v>310</v>
+      </c>
+      <c r="H24" s="3">
+        <v>5</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1550</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="E24" s="2" t="s">
-[...17 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3907</v>
+        <v>89</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>110</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="D25" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G25" s="2">
+        <v>400</v>
+      </c>
+      <c r="H25" s="3">
+        <v>6</v>
+      </c>
+      <c r="I25" s="3">
+        <v>2400</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="L25" s="5" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" s="6" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G26" s="2">
-        <v>240</v>
+        <v>580</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
-        <v>1440</v>
+        <v>3480</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="L26" s="5" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G27" s="2">
-        <v>610</v>
+        <v>555</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
-        <v>3660</v>
+        <v>3330</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="L27" s="5" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G28" s="2">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="H28" s="3">
         <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>3300</v>
+        <v>3270</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G29" s="2">
-        <v>630</v>
+        <v>460</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
-        <v>3780</v>
+        <v>460</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="L29" s="5" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G30" s="2">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
-        <v>3420</v>
+        <v>3510</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="L30" s="5" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G31" s="2">
-        <v>560</v>
+        <v>480</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I31" s="3">
-        <v>3360</v>
+        <v>480</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="L31" s="5" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>145</v>
+        <v>100</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G32" s="2">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="H32" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I32" s="3">
-        <v>1500</v>
+        <v>3060</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G33" s="2">
-        <v>530</v>
+        <v>320</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
-        <v>3180</v>
+        <v>1280</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="L33" s="5" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G34" s="2">
-        <v>435</v>
+        <v>350</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
-        <v>2610</v>
+        <v>1400</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="L34" s="5" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G35" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
-        <v>2400</v>
+        <v>1280</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="L35" s="5" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G36" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I36" s="3">
-        <v>2400</v>
+        <v>640</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="L36" s="5" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G37" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="H37" s="3">
         <v>6</v>
       </c>
       <c r="I37" s="3">
-        <v>2400</v>
+        <v>1920</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="L37" s="5" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G38" s="2">
-        <v>510</v>
+        <v>350</v>
       </c>
       <c r="H38" s="3">
         <v>6</v>
       </c>
       <c r="I38" s="3">
-        <v>3060</v>
+        <v>2100</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2">
-        <v>420</v>
+        <v>260</v>
       </c>
       <c r="H39" s="3">
         <v>6</v>
       </c>
       <c r="I39" s="3">
-        <v>2520</v>
+        <v>1560</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="L39" s="5" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G40" s="2">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="H40" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I40" s="3">
-        <v>1450</v>
+        <v>640</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="L40" s="5" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G41" s="2">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="H41" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I41" s="3">
-        <v>1550</v>
+        <v>1050</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="L41" s="5" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G42" s="2">
-        <v>400</v>
+        <v>260</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I42" s="3">
-        <v>2400</v>
+        <v>1300</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="L42" s="5" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G43" s="2">
-        <v>490</v>
+        <v>400</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I43" s="3">
-        <v>2940</v>
+        <v>1600</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" s="6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G44" s="2">
-        <v>570</v>
+        <v>340</v>
       </c>
       <c r="H44" s="3">
         <v>4</v>
       </c>
       <c r="I44" s="3">
-        <v>2280</v>
+        <v>1360</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="L44" s="5" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" s="2">
+        <v>450</v>
+      </c>
+      <c r="H45" s="3">
+        <v>1</v>
+      </c>
+      <c r="I45" s="3">
+        <v>450</v>
+      </c>
+      <c r="J45" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="L45" s="5" t="s">
         <v>192</v>
-      </c>
-[...28 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" s="2">
+        <v>490</v>
+      </c>
+      <c r="H46" s="3">
+        <v>4</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1960</v>
+      </c>
+      <c r="J46" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="L46" s="5" t="s">
         <v>196</v>
-      </c>
-[...28 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G47" s="2">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="H47" s="3">
         <v>6</v>
       </c>
       <c r="I47" s="3">
-        <v>3300</v>
+        <v>3120</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="L47" s="5" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G48" s="2">
-        <v>530</v>
+        <v>200</v>
       </c>
       <c r="H48" s="3">
         <v>6</v>
       </c>
       <c r="I48" s="3">
-        <v>3180</v>
+        <v>1200</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="L48" s="5" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="2">
+        <v>170</v>
+      </c>
+      <c r="H49" s="3">
+        <v>1</v>
+      </c>
+      <c r="I49" s="3">
+        <v>170</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C49" s="2" t="s">
-[...23 lines deleted...]
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="5" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="C50" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2" t="s">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G50" s="2">
-        <v>540</v>
+        <v>400</v>
       </c>
       <c r="H50" s="3">
         <v>6</v>
       </c>
       <c r="I50" s="3">
-        <v>3240</v>
+        <v>2400</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="L50" s="5" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G51" s="2">
-        <v>580</v>
+        <v>440</v>
       </c>
       <c r="H51" s="3">
         <v>6</v>
       </c>
       <c r="I51" s="3">
-        <v>3480</v>
+        <v>2640</v>
       </c>
       <c r="J51" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L51" s="5" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="E52" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="F52" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G52" s="2">
+        <v>200</v>
+      </c>
+      <c r="H52" s="3">
+        <v>2</v>
+      </c>
+      <c r="I52" s="3">
+        <v>400</v>
+      </c>
+      <c r="J52" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="L52" s="5" t="s">
         <v>221</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" s="6" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D53" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="C53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D53" s="2" t="s">
+      <c r="E53" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="E53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G53" s="2">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="H53" s="3">
         <v>6</v>
       </c>
       <c r="I53" s="3">
-        <v>3000</v>
+        <v>1320</v>
       </c>
       <c r="J53" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>226</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G54" s="2">
-        <v>450</v>
+        <v>410</v>
       </c>
       <c r="H54" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I54" s="3">
-        <v>2700</v>
+        <v>820</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L54" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>61</v>
+        <v>217</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G55" s="2">
-        <v>490</v>
+        <v>240</v>
       </c>
       <c r="H55" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I55" s="3">
-        <v>980</v>
+        <v>960</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>237</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C56" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G56" s="2">
-        <v>475</v>
+        <v>250</v>
       </c>
       <c r="H56" s="3">
         <v>4</v>
       </c>
       <c r="I56" s="3">
-        <v>1900</v>
+        <v>1000</v>
       </c>
       <c r="J56" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="L56" s="5" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="C57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="E57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G57" s="2">
-        <v>480</v>
+        <v>530</v>
       </c>
       <c r="H57" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
-        <v>960</v>
+        <v>2120</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>247</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>136</v>
+        <v>250</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G58" s="2">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="H58" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I58" s="3">
-        <v>3060</v>
+        <v>1040</v>
       </c>
       <c r="J58" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L58" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G59" s="2">
-        <v>530</v>
+        <v>340</v>
       </c>
       <c r="H59" s="3">
         <v>1</v>
       </c>
       <c r="I59" s="3">
-        <v>530</v>
+        <v>340</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="L59" s="5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>236</v>
+        <v>28</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G60" s="2">
-        <v>485</v>
+        <v>455</v>
       </c>
       <c r="H60" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I60" s="3">
-        <v>970</v>
+        <v>1820</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="L60" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G61" s="2">
-        <v>485</v>
+        <v>340</v>
       </c>
       <c r="H61" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I61" s="3">
-        <v>970</v>
+        <v>1020</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="L61" s="5" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>33</v>
+        <v>268</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G62" s="2">
-        <v>320</v>
+        <v>420</v>
       </c>
       <c r="H62" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I62" s="3">
-        <v>1280</v>
+        <v>2520</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>14</v>
+        <v>272</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G63" s="2">
-        <v>350</v>
+        <v>740</v>
       </c>
       <c r="H63" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I63" s="3">
-        <v>1400</v>
+        <v>740</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="L63" s="5" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G64" s="2">
-        <v>320</v>
+        <v>470</v>
       </c>
       <c r="H64" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I64" s="3">
-        <v>1280</v>
+        <v>1410</v>
       </c>
       <c r="J64" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="L64" s="5" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="6" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>33</v>
+        <v>219</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G65" s="2">
-        <v>320</v>
+        <v>250</v>
       </c>
       <c r="H65" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I65" s="3">
-        <v>640</v>
+        <v>1500</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="L65" s="5" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="6" t="s">
-        <v>122</v>
+        <v>285</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>280</v>
+        <v>28</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G66" s="2">
-        <v>320</v>
+        <v>370</v>
       </c>
       <c r="H66" s="3">
         <v>6</v>
       </c>
       <c r="I66" s="3">
-        <v>1920</v>
+        <v>2220</v>
       </c>
       <c r="J66" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="L66" s="5" t="s">
-        <v>282</v>
-[...74 lines deleted...]
-      <c r="L68" s="5" t="s">
         <v>289</v>
-      </c>
-[...1556 lines deleted...]
-        <v>468</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="L2" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K3" r:id="rId_hyperlink_3"/>
     <hyperlink ref="L3" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_5"/>
     <hyperlink ref="L4" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_7"/>
     <hyperlink ref="L5" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_9"/>
     <hyperlink ref="L6" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_11"/>
     <hyperlink ref="L7" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_13"/>
     <hyperlink ref="L8" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_15"/>
     <hyperlink ref="L9" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_17"/>
     <hyperlink ref="L10" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_19"/>
     <hyperlink ref="L11" r:id="rId_hyperlink_20"/>
@@ -6257,136 +4036,50 @@
     <hyperlink ref="L54" r:id="rId_hyperlink_106"/>
     <hyperlink ref="K55" r:id="rId_hyperlink_107"/>
     <hyperlink ref="L55" r:id="rId_hyperlink_108"/>
     <hyperlink ref="K56" r:id="rId_hyperlink_109"/>
     <hyperlink ref="L56" r:id="rId_hyperlink_110"/>
     <hyperlink ref="K57" r:id="rId_hyperlink_111"/>
     <hyperlink ref="L57" r:id="rId_hyperlink_112"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_113"/>
     <hyperlink ref="L58" r:id="rId_hyperlink_114"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_115"/>
     <hyperlink ref="L59" r:id="rId_hyperlink_116"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_117"/>
     <hyperlink ref="L60" r:id="rId_hyperlink_118"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_119"/>
     <hyperlink ref="L61" r:id="rId_hyperlink_120"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_121"/>
     <hyperlink ref="L62" r:id="rId_hyperlink_122"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_123"/>
     <hyperlink ref="L63" r:id="rId_hyperlink_124"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_125"/>
     <hyperlink ref="L64" r:id="rId_hyperlink_126"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_127"/>
     <hyperlink ref="L65" r:id="rId_hyperlink_128"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_129"/>
     <hyperlink ref="L66" r:id="rId_hyperlink_130"/>
-    <hyperlink ref="K67" r:id="rId_hyperlink_131"/>
-[...84 lines deleted...]
-    <hyperlink ref="L109" r:id="rId_hyperlink_216"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>