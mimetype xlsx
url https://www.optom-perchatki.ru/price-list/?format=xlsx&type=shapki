--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -12,2108 +12,1012 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="799">
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Цвета</t>
   </si>
   <si>
     <t>Цена ед., руб.</t>
   </si>
   <si>
     <t>Разм. ряд</t>
   </si>
   <si>
     <t>Цена разм. ряда, руб.</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>Ссылка маленькое фото</t>
   </si>
   <si>
     <t>Ссылка большое фото</t>
   </si>
   <si>
     <t>Aldini</t>
   </si>
   <si>
-    <t>D0024-аксель</t>
+    <t>D0030-камила new</t>
+  </si>
+  <si>
+    <t>Шапка женская утепленная</t>
+  </si>
+  <si>
+    <t>Состав: 70% шерсть, 30% акрил
+Описание: Женская шапка-бини с отворотом. Полностью утеплена флисом.</t>
+  </si>
+  <si>
+    <t>голубой, бирюзовый. св.розовый, джинса</t>
+  </si>
+  <si>
+    <t>да</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6453.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6453.jpg</t>
+  </si>
+  <si>
+    <t>D0033-эрика</t>
   </si>
   <si>
     <t>Шапка женская</t>
-  </si>
-[...116 lines deleted...]
-    <t>D0033-эрика</t>
   </si>
   <si>
     <t>Состав: 65% ангора, 35% нейлон
 Описание: Двойная шапка-бини с высоким отворотом из ангоры.</t>
   </si>
   <si>
-    <t>янтарный, капучино, св.серый, розовый, белый, св.коричневый, яр.желтый, черный, кремовый, томатный, джинса</t>
+    <t>яр.желтый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5931.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5931.jpg</t>
   </si>
   <si>
-    <t>D0034-веланса</t>
-[...15 lines deleted...]
-    <t>D0035-марина</t>
+    <t>D0035-марина new</t>
   </si>
   <si>
     <t>Состав: 65% ангора, 35% нейлон
-Описание: Удлиненная шапка из ангоры с высоким отворотом с 4х-клинной вязкой на макушке. Полностью утеплена флисом!</t>
-[...8 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5932.jpg</t>
+Описание: Чуть удлиненная шапка-бини из ангоры с высоким отворотом. Полностью утеплена флисом.</t>
+  </si>
+  <si>
+    <t>джинса, песочный, св.розовый, лиловый, черный, желтый, св.кремовый, т.вишневый, бирюзовый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6458.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6458.jpg</t>
+  </si>
+  <si>
+    <t>D0036-роксана new</t>
+  </si>
+  <si>
+    <t>Состав: 65% ангора, 35% нейлон
+Описание: Женская шапки-бини из ангоры с высоким отворотом. Полностью утеплена флисом!</t>
+  </si>
+  <si>
+    <t>черный, бирюзовый, желтый, т.вишневый, св.розовый, песочный, джинса</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6457.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6457.jpg</t>
+  </si>
+  <si>
+    <t>D0039-олеся</t>
+  </si>
+  <si>
+    <t>Состав: 65% ангора, 35% нейлон
+Описание: Женская шапка-бини из ангоры с широким отворотом. Полностью утеплена флисом.</t>
+  </si>
+  <si>
+    <t>т.вишневый, серый, св.розовый, черный, желтый, песочный, т.джинса, белый, лиловый, св.кремовый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6456.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6456.jpg</t>
+  </si>
+  <si>
+    <t>D0040-ушки ангора</t>
+  </si>
+  <si>
+    <t>Шапка-ушанка женская утепленная</t>
+  </si>
+  <si>
+    <t>Состав: 65% ангора, 35% нейлон
+Описание: Красивая ушанка крупной вязки из ангоры. Полностью утеплена флисом, кроме ушек.</t>
+  </si>
+  <si>
+    <t>пыльно-розовый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6454.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6454.jpg</t>
   </si>
   <si>
     <t>M0011-рио</t>
   </si>
   <si>
     <t>Шапка мужская</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
 Описание: Классическая мужская шапка тонкой вязки с отворотом, без подклада. Металлическая бирка.</t>
   </si>
   <si>
-    <t>т.синий, серый, черный, т.коричневый</t>
+    <t>т.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/6034.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/6034.jpg</t>
   </si>
   <si>
     <t>M0012-альфредо</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
 Описание: Тонкая мужская удлиненная шапка-бини с отворотом, без подклада. Металлическая бирка.</t>
   </si>
   <si>
-    <t>черный, серый, антрацит</t>
+    <t>серый, св.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5981.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5981.jpg</t>
   </si>
   <si>
-    <t>M0013-пако</t>
+    <t>M0014-рассел</t>
+  </si>
+  <si>
+    <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
+Описание: Тонкая обтягивающая шапка-бини, без подклада. Тонкая вертикальная кожаная бирка.</t>
+  </si>
+  <si>
+    <t>т.коричневый, антрацит, т.синий, черный</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6033.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6033.jpg</t>
+  </si>
+  <si>
+    <t>M0016-bellezza</t>
+  </si>
+  <si>
+    <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
+Описание: Удлиненная шапка-бини с контрастной полоской по краю отворота. Полностью на флисе. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>т.коричневый, антрацит, т.синий, т.сер, черный</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6399.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6399.jpg</t>
+  </si>
+  <si>
+    <t>M0021-палермо</t>
+  </si>
+  <si>
+    <t>Шапка мужская утепленная</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
-Описание: Тонкая шапка-бини, без подклада. Вязка широкой резинкой. Кожаная бирка.</t>
-[...11 lines deleted...]
-    <t>M0014-рассел</t>
+Описание: Стильная удлиненная шапка, утеплена широким вязаным подворотом. Сзади застежка-клевант на кнопку. Комбинированная бирка.</t>
+  </si>
+  <si>
+    <t>индиго, черный, серый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5171.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5171.jpg</t>
+  </si>
+  <si>
+    <t>M0029-бардалини</t>
+  </si>
+  <si>
+    <t>Состав: 50% шерсть, 50% акрил или 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
+Описание: Классическая шапка с отворотом, утеплена полностью флисом. Кожаная бирка.</t>
+  </si>
+  <si>
+    <t>серый, т.коричневый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5181.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5181.jpg</t>
+  </si>
+  <si>
+    <t>M0031-рим new</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
-Описание: Тонкая обтягивающая шапка-бини, без подклада. Тонкая вертикальная кожаная бирка.</t>
-[...104 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5186.jpg</t>
+Описание: Стильная удлиненная шапка с отворотом, утеплена полностью флисом. Сзади застежка-клевант на кнопку. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>антрацит, т.коричневый, серый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5833.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5833.jpg</t>
+  </si>
+  <si>
+    <t>M0034-veneta new</t>
+  </si>
+  <si>
+    <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
+Описание: Классическая шапка с широким отворотом, утеплена полностью флисом. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>черный, антрацит, серый, т.синий, т.коричневый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6416.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6416.jpg</t>
   </si>
   <si>
     <t>M0035-италия</t>
   </si>
   <si>
-    <t>Состав: 70% шерсть, 30% акрил.
-[...3 lines deleted...]
-    <t>серый, черный, джинса</t>
+    <t>Состав: 60% шерсть, 20% акрил, 20% полиамид или 70% шерсть, 30% акрил
+Описание: Стильная удлиненная шапка с  отворотом. Утеплена полностью флисом. Сзади застежка-клевант на кнопке. Может быть металлическая бирка.</t>
+  </si>
+  <si>
+    <t>т.синий, черный, антрацит</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5187.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5187.jpg</t>
   </si>
   <si>
-    <t>M0036-антонио</t>
-[...40 lines deleted...]
-  <si>
     <t>M0042-aldo</t>
   </si>
   <si>
-    <t>Состав: 50-70% шерсть, 30-50% акрил или 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
-[...3 lines deleted...]
-    <t>т.синий, серый, черный, антрацит, т.серый</t>
+    <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
+Описание: Шапка с отворотом и помпоном, утеплена полностью флисом. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>черный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5194.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5194.jpg</t>
   </si>
   <si>
-    <t>M0043-алонзо</t>
-[...14 lines deleted...]
-  <si>
     <t>M0044-сицилия</t>
   </si>
   <si>
-    <t>Состав: 50% шерсть, 50% акрил
-Описание: Двойная контурная шапка, круговая вязка. Металлическая бирка.</t>
+    <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
+Описание: Мужская шапка, у теплена вторым вязаным слоем. Металлическая бирка (см. последнее детальное фото).</t>
+  </si>
+  <si>
+    <t>серый, черный, т.синий</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5196.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5196.jpg</t>
-  </si>
-[...24 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5834.jpg</t>
   </si>
   <si>
     <t>M0046-милан.флис</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
 Описание: Стильная удлиненная шапка, двойная — утеплена вязаным подворотом практически на всю глубину шапки плюс дополнительно утеплена полоской флиса. Сзади застежка-клевант на кнопке.</t>
   </si>
   <si>
-    <t>т.коричневый, серый, черный</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5977.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5977.jpg</t>
   </si>
   <si>
-    <t>M0048-крокус</t>
+    <t>M0047-фигерас</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
-Описание: Классическая шапка с отворотом, утеплена полностью флисом.</t>
-[...8 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5978.jpg</t>
+Описание: Шапка с отворотом и помпоном, утеплена полностью флисом.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5835.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5835.jpg</t>
   </si>
   <si>
     <t>M0049-романда</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
 Описание: Молодежная удлиненная шапка оригинальной вязки, утеплена полностью флисом. Сзади застежка-клевант на кнопке.</t>
   </si>
   <si>
+    <t>св.коричневый, индиго, джинса, серый, черный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5979.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5979.jpg</t>
   </si>
   <si>
     <t>M0050-stiven</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
 Описание: Молодежная удлиненная шапка-бини.</t>
   </si>
   <si>
-    <t>гол+чер/св.серый, т.сер+чер/св.серый, т.кор+чер/св.серый, роз/черный, т.син+чер/серый, сер+чер/св.серый, чер+т.сер/серый, т.син+чер/т.серый, гол/черный, чер+т.син/т.серый, сер+св.сер/т.серый, чер/т.серый</t>
+    <t>т.сер+чер/св.серый, т.кор+чер/св.серый, роз/черный, т.син+чер/серый, чер+т.сер/серый, гол/черный, чер+т.син/т.серый, сер+св.сер/т.серый, чер/т.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5982.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5982.jpg</t>
   </si>
   <si>
-    <t>M0051-тотти</t>
+    <t>M0054-макс</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
-Описание: Шапка 4х-клинка с двойным отворотом. Кожаная бирка.</t>
-[...11 lines deleted...]
-    <t>M0052-quiksilver</t>
+Описание: Молодежная удлиненная шапка-бини. Двойная — утеплена полностью вторым вязаным слоем. Кожаная бирка или жаккардовая бирка (см. фото).</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5984.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5984.jpg</t>
+  </si>
+  <si>
+    <t>M0057-фабретти new</t>
+  </si>
+  <si>
+    <t>Состав: 50% шерсть, 15% акрил, 15% полиамид, 20% альпака
+Описание: Классическая шапка с отворотом, утеплена полностью флисом. Кожаная бирка.</t>
+  </si>
+  <si>
+    <t>серый, т.коричневый,, черный, антрацит</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6761.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6761.jpg</t>
+  </si>
+  <si>
+    <t>M0059-интерлок</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
-Описание: Шапка 6ти-клинка с контрастной широкой полосой у лица. Двойная — утеплена вторым слоем плотной вязки на всю глубину шапки.</t>
-[...11 lines deleted...]
-    <t>M0053-макс2</t>
+Описание: Стильная удлиненная шапка с высоким вязаным подворотом практически на всю глубину шапки плюс дополнительно утеплена полоской флиса. Сзади застежка-клевант на кнопке. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>коричневый, антрацит, серый, индиго, т.коричневый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6392.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6392.jpg</t>
+  </si>
+  <si>
+    <t>M0061-сполоск</t>
   </si>
   <si>
     <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
-Описание: Молодежная удлиненная шапка-бини. Двойная - утеплена полностью вторым вязаным слоем. Тонкая вертикальная кожаная бирка.</t>
-[...72 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5986.jpg</t>
+Описание: Классическая шапка с отворотом, полностью утеплена флисом. Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>серый, т.коричневый, антрацит, т.синий</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6395.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6395.jpg</t>
+  </si>
+  <si>
+    <t>M0062-ушки плато</t>
+  </si>
+  <si>
+    <t>Состав: 70% шерсть, 30% акрил
+Описание: Мужская вязаная шапка-ушанка, полностью утеплена флисом (кроме ушек). Металлическая бирка.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6398.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6398.jpg</t>
+  </si>
+  <si>
+    <t>M0065-osta бубон</t>
+  </si>
+  <si>
+    <t>Состав: 60% шерсть, 20% акрил, 20% полиамид
+Описание: Мужская шапка с отворотом и помпоном, утеплена полностью флисом.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6762.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6762.jpg</t>
   </si>
   <si>
     <t>Berkle</t>
   </si>
   <si>
     <t>CH001-доминикана</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: шапка-колпак 4-клинка с широким вязаным подворотом. Декор: жаккардовая бирка.
+Описание: шапка-бини с широким вязаным подворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>черный, белый, бежевый, бирюза, молочный, св.коричневый,  шоколад, джинса, св.серый, горчичный</t>
+    <t>бежевый, бирюза, белый, шоколад, горчичный, св.серый, джинса, молочный, черный, св.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2870.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2870.jpg</t>
   </si>
   <si>
     <t>CH002-рельеф</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак 6-клинка с широким вязаным подворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>бирюза, черный, белый, бежевый, кирпичный, св.коричневый,  шоколад, св.серый, горчичный, молочный</t>
+    <t>терракот, бежевый, бирюза, св.коричневый,  черный, белый, св.серый, шоколад , молочный горчичный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2871.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2871.jpg</t>
   </si>
   <si>
     <t>CH003-роксана</t>
   </si>
   <si>
+    <t>джинса, молочный, горчичный, св.серый, св.коричневый, бирюза, шоколад, бежевый, белый, черный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2872.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2872.jpg</t>
   </si>
   <si>
     <t>CH004-василиса</t>
+  </si>
+  <si>
+    <t>бежевый, джинса, белый, горчичный, св.серый, св.коричневый, молочный, бирюза, шоколад, черный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2873.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2873.jpg</t>
   </si>
   <si>
     <t>CH005-берта</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак на сборке с широким вязаным подворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
+    <t>шоколад, белый, бежевый, бирюза, молочный, св.коричневый, св.серый, горчичный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2874.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2874.jpg</t>
   </si>
   <si>
     <t>CH006-шишка</t>
   </si>
   <si>
-    <t>черный, белый, бежевый, бирюза, молочный, кирпичный, св.коричневый,  шоколад, св.серый, горчичный</t>
+    <t>бирюза, св.коричневый, белый, бежевый, терракотовый, молочный, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2875.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2875.jpg</t>
   </si>
   <si>
     <t>CH007-шок</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак на сложной сборке с отворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
+    <t>св.серый, джинса, черный, белый, бежевый, бирюза, молочный, св.коричневый,  шоколад, горчичный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2876.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2876.jpg</t>
   </si>
   <si>
     <t>CH008-вилли</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак на сборке с широким вязаным подворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>белый, бежевый, бирюза, молочный, св.коричневый,  шоколад, джинса, св.серый, горчичный</t>
+    <t>св.коричневый, бирюза, горчичный, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2877.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2877.jpg</t>
   </si>
   <si>
     <t>CH009-кармелита</t>
   </si>
   <si>
+    <t>молочный, шоколад, белый, св.серый, св.коричневый</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2878.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2878.jpg</t>
   </si>
   <si>
     <t>CH010-стрела</t>
   </si>
   <si>
+    <t>джинса, черный, белый, бежевый, бирюза, молочный, св.коричневый,  шоколад, св.серый, горчичный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2879.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2879.jpg</t>
   </si>
   <si>
     <t>CH011-фиона</t>
   </si>
   <si>
-    <t>черный, белый, бежевый, бирюза, молочный, кирпичный, св.коричневый,  св.серый, горчичный</t>
+    <t>терракот, белый, бежевый, бирюза, св.серый, св.коричневый,  горчичный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2880.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2880.jpg</t>
   </si>
   <si>
     <t>CH012-соты</t>
   </si>
   <si>
-    <t>черный, белый, бежевый, бирюза, молочный, джинса, св.серый, горчичный, св.коричневый, шоколад</t>
+    <t>белый, черный, бежевый, бирюза, молочный, джинса, св.серый, горчичный, св.коричневый, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2881.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2881.jpg</t>
   </si>
   <si>
-    <t>CH013-шанхай</t>
+    <t>CH013-шанхай</t>
+  </si>
+  <si>
+    <t>бежевый, черный, шоколад молочный, джинса, св.коричневый, св.серый, горчичный, бирюза, белый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2882.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2882.jpg</t>
-  </si>
-[...18 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/2883.jpg</t>
   </si>
   <si>
     <t>CH015-варшава</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак 6-клинка с отворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
+    <t>шоколад, св.серый, св.коричневый, бирюза, бежевый, джинса, горчичный, белый, черный, молочный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2884.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2884.jpg</t>
   </si>
   <si>
     <t>CH016-кошка_вивер</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: шапка со сборкой ушки с отворотом. Декор: жаккардовая бирка, страза на одном ушке.))
+Описание: шапка со сборкой &lt;ушки&gt; с отворотом. Декор: жаккардовая бирка, страза на одном ушке.))
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>бежевый, бирюза, молочный, св.коричневый,  шоколад, горчичный</t>
+    <t>бирюза, молочный, горчичный, бежевый, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2885.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2885.jpg</t>
   </si>
   <si>
     <t>CH017-ромбик</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: шапка-колпак 4-клинка с отворотом. Декор: жаккардовая бирка.
+Описание: шапка-бини с отворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>черный, белый, бежевый, молочный, св.коричневый,  шоколад, джинса, св.серый, горчичный, бирюза</t>
+    <t>горчичный, бежевый, бирюза, св.коричневый, св.серый, черный, молочный, джинса, белый, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2886.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2886.jpg</t>
   </si>
   <si>
     <t>CH018-мельница</t>
   </si>
   <si>
+    <t>св.коричневый, бирюза, бежевый, горчичный, молочный, джинса, черный, св.серый, шоколад, белый</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2887.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2887.jpg</t>
   </si>
   <si>
     <t>CH019-лолита</t>
   </si>
   <si>
+    <t>св.серый, джинса, св.коричневый,  молочный, бирюза, белый, бежевый, черный, горчичный, шоколад</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2888.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2888.jpg</t>
   </si>
   <si>
     <t>CH020-кошка_гармошка</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: шапка со сборкой-ушки с широким вязаным подворотом. Декор: жаккардовая бирка, страза на одном ушке.))
+Описание: шапка сборкой-ушки с широким вязаным подворотом. Декор: жаккардовая бирка, страза на одном ушке.))
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>бежевый, св.коричневый</t>
+    <t>св.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2889.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2889.jpg</t>
   </si>
   <si>
     <t>CH021-вишня</t>
   </si>
   <si>
+    <t>джинса, молочный, черный, бежевый, горчичный, св.коричневый, св.серый, бирюза, белый, шоколад</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2890.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2890.jpg</t>
   </si>
   <si>
-    <t>CH023-изнанка2</t>
-[...15 lines deleted...]
-  <si>
     <t>CH024-софия</t>
   </si>
   <si>
+    <t>горчичный, св.коричневый, белый, шоколад, бежевый, бирюза, св.серый, молочный, джинса</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2893.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2893.jpg</t>
-  </si>
-[...15 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/2894.jpg</t>
   </si>
   <si>
     <t>CH026-золушка</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак 6-клинка с отворотом. Декор: стразы.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>белый, бежевый, бирюза, молочный, св.коричневый, джинса, св.серый, горчичный, шоколад</t>
+    <t>белый, джинса, бежевый, молочный, бирюза, горчичный, св.коричневый, св.серый, шоколад</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2895.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2895.jpg</t>
   </si>
   <si>
-    <t>CH028-изнанка</t>
-[...15 lines deleted...]
-  <si>
     <t>CH029-матильда</t>
   </si>
   <si>
+    <t>черный, белый, бежевый, бирюза, молочный, св.коричневый,  шоколад, джинса, св.серый, горчичный</t>
+  </si>
+  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2898.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2898.jpg</t>
   </si>
   <si>
     <t>CH031-аврора</t>
+  </si>
+  <si>
+    <t>бирюза, белый, бежевый, горчичный, молочный, джинса, св.серый, шоколад, св.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2900.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2900.jpg</t>
   </si>
   <si>
     <t>CH032-вавилон</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: шапка-колпак 6-клинка с отворотом. Декор: жаккардовая бирка.
 Размер 56-58 см.</t>
   </si>
   <si>
-    <t>белый, бежевый, молочный, св.коричневый, шоколад, горчичный, джинса</t>
+    <t>джинса, св.коричневый, шоколад, горчичный, бежевый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2906.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2906.jpg</t>
   </si>
   <si>
     <t>Eva</t>
   </si>
   <si>
     <t>EK01</t>
   </si>
   <si>
     <t>Комплект женский</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: Шапка-бини с отворотом и снуд в два оборота. Шапка полностью утеплена флисом.</t>
   </si>
   <si>
-    <t>сл.кость, яр.голубой, розовый</t>
+    <t>аквамарин, пудровый, зеленый, капучино</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5936.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5936.jpg</t>
   </si>
   <si>
-    <t>EK02</t>
-[...10 lines deleted...]
-  <si>
     <t>EK03</t>
   </si>
   <si>
-    <t>розовый, пудровый</t>
+    <t>пудровый, зеленый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5939.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5939.jpg</t>
   </si>
   <si>
-    <t>EV01</t>
-[...12 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5937.jpg</t>
+    <t>EK05</t>
+  </si>
+  <si>
+    <t>капучино, аквамарин, пудровый, зеленый, кремовый, астра</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6389.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6389.jpg</t>
+  </si>
+  <si>
+    <t>EK06</t>
+  </si>
+  <si>
+    <t>зеленый, капучино, пудровый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6390.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6390.jpg</t>
   </si>
   <si>
     <t>Fomas</t>
   </si>
   <si>
     <t>F106</t>
   </si>
   <si>
     <t>Описание: шапка-шестиклинка, утеплена поларом.</t>
   </si>
   <si>
     <t>антрацит, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1057.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1057.jpg</t>
-  </si>
-[...14 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5774.jpg</t>
   </si>
   <si>
     <t>F207</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
 Описание: Шапка шестиклинка. Утеплена целиком поларом. Декор: жаккардовая бирка</t>
   </si>
   <si>
-    <t>графит/т.серый, антрацит/графит</t>
+    <t>антрацит/графит</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1684.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1684.jpg</t>
   </si>
   <si>
     <t>F208</t>
   </si>
   <si>
-    <t>стальной, антрацит</t>
+    <t>антрацит</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1685.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1685.jpg</t>
   </si>
   <si>
-    <t>F319</t>
-[...2 lines deleted...]
-    <t>Кепка мужская</t>
+    <t>F415</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: Трикотажная кепка с отворотом. Декор: текстильная бирка.</t>
-[...290 lines deleted...]
-    <t>т.синий, т.серый, черный, т.джинса</t>
+Описание: Трикотажная шапка с отворотом и помпоном. Данная модель идеальна для повседневной носки, а также подходит для занятий спортом. Шапка декорирована  фирменной биркой, прекрасно сочетается с классической верхней одеждой и великолепно смотрится, если надеть его со спортивной курткой.</t>
+  </si>
+  <si>
+    <t>т.синий, т.джинса</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5788.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5788.jpg</t>
   </si>
   <si>
-    <t>F419</t>
-[...47 lines deleted...]
-    <t>M706</t>
+    <t>Y-S190</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил
-Описание: Объемный, мягкий шарф-снуд в два оборота, оригинальной ажурной вязки, выполнен из мягкой пряжи.</t>
-[...514 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5806.jpg</t>
+Описание: шапка-колпак, с широким вязаным подворотом, сзади на зацепке-пуговке. Декор: аппликация &lt;розы&gt;.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/3452.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/3452.jpg</t>
   </si>
   <si>
     <t>Z-F11</t>
   </si>
   <si>
     <t xml:space="preserve">Шапка мужская </t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил.
 Описание: шапка-четырехклинка с двойным отворотом. Декор — бирка силиконовая.</t>
   </si>
   <si>
     <t>св.серый, антрацит</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1625.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1625.jpg</t>
   </si>
   <si>
     <t>Z-F2</t>
   </si>
   <si>
     <t>Состав: 80% шерсть, 20% акрил.
@@ -2152,1028 +1056,692 @@
 Описание: объемный колпак с большим серебристым козырьком. Утепление - внутри шапочка из полара. Серебристая полоса сверху до конца колпака.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2253.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2253.jpg</t>
   </si>
   <si>
     <t>Z-R91</t>
   </si>
   <si>
     <t>Состав: 50% шерсть, 50% акрил.
 Описание: шапка-шестиклинка, утеплена полосой полара. Декор — яркая аппликация и вышивка.</t>
   </si>
   <si>
     <t>антрацит, синий, черный, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2249.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2249.jpg</t>
   </si>
   <si>
-    <t>GMM</t>
-[...128 lines deleted...]
-  <si>
     <t>Oven</t>
   </si>
   <si>
-    <t>V001-берта</t>
-[...15 lines deleted...]
-  <si>
     <t>V002-джесика</t>
+  </si>
+  <si>
+    <t>Берет женский утепленный</t>
   </si>
   <si>
     <t>Состав: 80% шерсть, 20% акрил
 Описание: Двойной берет на ножке.
 ГОСТ Р53916-2010  ГОСТ 5274.-90</t>
   </si>
   <si>
-    <t>алый, голубой, бордовый, молочный, бирюза, св.коричневый, серый, т.синий, белый, лиловый, св.серый, розовый</t>
+    <t>алый, голубой, бордовый, молочный, бирюза, св.коричневый, серый, т.синий, белый, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5305.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5305.jpg</t>
   </si>
   <si>
     <t>V003-инга</t>
   </si>
   <si>
     <t>Состав: 80% шерсть, 20% акрил
 Описание: Двойной берет на ножке. Шапка выполнена из пряжи с добавлением металлизированной нити.
 ГОСТ Р53916-2010  ГОСТ 5274.-90</t>
   </si>
   <si>
-    <t>черный, лиловый, св.серый, розовый, бежевый, бордовый, бирюза, св.коричневый, т.синий, св.серый</t>
+    <t>лиловый, св.серый, розовый, бежевый, бордовый, бирюза, св.коричневый, т.синий, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5303.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5303.jpg</t>
   </si>
   <si>
     <t>V004-вера</t>
   </si>
   <si>
-    <t>василёк, розовый, молочный, т.синий, св.серый, бордовый, голубой, лиловый, серый, бирюза</t>
+    <t>розовый, молочный, т.синий, св.серый, голубой, лиловый, серый, бирюза</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5302.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5302.jpg</t>
   </si>
   <si>
     <t>V005-кари</t>
   </si>
   <si>
     <t>серо-лиловый, св.серый, серый, т.синий, белый, розовый, голубой, св.коричневый, бежевый, лиловый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5304.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5304.jpg</t>
   </si>
   <si>
-    <t>V006-сандра</t>
-[...15 lines deleted...]
-  <si>
     <t>Sergeo Leoni</t>
-  </si>
-[...80 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/4035.jpg</t>
   </si>
   <si>
     <t>ST130</t>
   </si>
   <si>
     <t>Шарф женский</t>
   </si>
   <si>
     <t>Состав: 80% мериносовая шерсть, 20% полиамид.
 Описание: Оригинальный женский шарф с объемной петельной вязкой на одном конце и закругленным другим концом. Размеры: длина 135 см, ширина 22 см.</t>
   </si>
   <si>
     <t>серый, белый, антрацит</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1617.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1617.jpg</t>
-  </si>
-[...30 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/2275.jpg</t>
   </si>
   <si>
     <t>Tavidi</t>
   </si>
   <si>
     <t>T010-люрекс</t>
   </si>
   <si>
     <t>Повязка на голову</t>
   </si>
   <si>
     <t>Состав: 46% модал, 40% полиакрил, 14% полиамид
 Описание: Женская повязка на голову, двойная. Выполнена из тонкой пряжи с добавлением металлизированной нити.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>св.серый, синий, молочный, белый, бирюзовый, зеленый, т.серый, желтый, т.капучино</t>
+    <t>бирюзовый, зеленый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5423.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5423.jpg</t>
   </si>
   <si>
     <t>T011-бусы</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Женская повязка на голову, двойная. Выполнена из тонкой пряжи. Декор: граненные бусины в цвет пряжи.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
     <t>св.розовый, серый, молочно-розовый, бл.бирюзовый, пудровый, бл.лиловый, сиреневый, св.серый-меланж, неж.персик, бордовый, бежевый, белый, св.голубой, ментол, желтый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5636.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5636.jpg</t>
   </si>
   <si>
     <t>T012-велюр</t>
   </si>
   <si>
     <t>Состав: 100% велюр
 Описание: Женская повязка на голову, двойная.</t>
   </si>
   <si>
-    <t>бордовый, кремовый, зол-коричневый, белый, серый, розовый, черный</t>
+    <t>бордовый, зол-коричневый, белый, серый, черный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5637.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5637.jpg</t>
   </si>
   <si>
     <t>T02-людмила</t>
   </si>
   <si>
     <t>Состав: 46% модал, 40% полиакрил, 14% полиамид
 Описание: Женская повязка на голову. Выполнена из толстой пряжи и крупной вязки.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>голубой, молочный, серый, св.коричневый, св.серый, бордовый, коричневый, черный, желтый, красный</t>
+    <t>голубой, бордовый, св.коричневый, черный, желтый, красный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5424.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5424.jpg</t>
-  </si>
-[...66 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5632.jpg</t>
   </si>
   <si>
     <t>T09-пайетка</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Женская шапка со сложной сборкой, утеплена полностью поларом. Выполнена из лощеной пряжи с добавлением мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>св.капучино, бирюзовый, голубой, черный, розовый, белый, слон.кость, бордовый</t>
+    <t>бирюзовый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5635.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5635.jpg</t>
   </si>
   <si>
     <t>T10-фелиса</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-бини из ангоры с широким отворотом, утеплена полностью поларом.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>т.зеленый, св.голубой, св.розовый, капучино, белый, т.синий, малиновый, салатовый, желтый, св.пепельный, черный, оранжевый, бордовый, т.серый</t>
+    <t>капучино, т.синий, салатовый, желтый, черный, оранжевый, т.серый, пудровый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5641.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5641.jpg</t>
   </si>
   <si>
     <t>T11-мадлен</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-бини из ангоры с отворотом, сзади зацеплена дизайнерской булавкой. Утеплена полностью поларом.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>св.розовый, т.зеленый, неж.персик, бежевый</t>
+    <t>т.зеленый, серый, бежево-серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5644.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5644.jpg</t>
   </si>
   <si>
     <t>T12-лапша ангора</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-бини из ангоры тонкой вязки, с отворотом, утеплена полностью поларом.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>серый, т.синий, св.серый, капучино, св.пепельный, голубой, бирюзовый, неж.персик, т.зеленый, неж.желтый</t>
+    <t>неж.персик, неж.желтый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5643.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5643.jpg</t>
   </si>
   <si>
     <t>T13-моника</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Шапка-бини с отворотом, утеплена полностью поларом. Выполнена из пряжи с добавлением металлизированной нити.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>красный, серый, св.коричневый, розовый, зеленый, т.синий, св.серый, синий, капучино, слон.кость</t>
+    <t>серый, розовый, т.синий, св.серый, капучино</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5638.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5638.jpg</t>
-  </si>
-[...15 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5645.jpg</t>
   </si>
   <si>
     <t>T15-мулен</t>
   </si>
   <si>
     <t>Состав: 46% модал, 40% полиакрил, 14% полиамид
 Описание: Очень стильный берет, двойной вязки. На макушке хвостик).
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>т.бирюзовый, белый, лиловый, св.пепельный, св.пепельно-розовый, т.синий, св.серый, песочный, т.капучино, серый, серо-голубой, бежевый</t>
+    <t>св.пепельный, св.пепельно-розовый, песочный, т.капучино, серо-голубой, капучино</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5646.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5646.jpg</t>
   </si>
   <si>
     <t>T16-крестик</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-бини из ангоры оригинальной вязки, утеплена полностью поларом.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>розовый, бирюзовый, розово-бежевый, голубой, св.серый, неж.ментоловый, белый, черный, бежево-серый, капучино, яр.голубой, кремовый, лиловый</t>
+    <t>розовый, бирюзовый, розово-бежевый, голубой, св.серый, неж.ментоловый, белый, черный, бежево-серый, капучино, яр.голубой, кремовый, лиловый, бордовый, серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5647.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5647.jpg</t>
   </si>
   <si>
     <t>T17-дана</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Женская шапка сложной сборки с отворотом, утеплена полностью поларом. Выполнена из пряжи с добавлением металлизированной нити и мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>капучино, бежево-розовый, т.серый, св.розовый, яр.голубой, т.лиловый, неж.персик, серый, т.синий, белый, т.бирюзовый</t>
+    <t>т.серый, яр.голубой, неж.персик, серый, белый, т.бирюзовый, пудровый, желтый, черный, св.голубой</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5811.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5811.jpg</t>
   </si>
   <si>
     <t>T18-сияние</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Женская шапка со сложной сборкой, утеплена полностью поларом. Декор: &lt;северное сияние&gt; из страз и металлическая бирочка, украшенная стразами.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
     <t>т.лавандовый, бежевый, голубой, белый, серый, коричневый, т.изумрудный, бл.лиловый, черный, т.лиловый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5650.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5650.jpg</t>
   </si>
   <si>
     <t>T19-дейзи new</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Женская шапка со сложной сборкой, утеплена полностью поларом. Декор: металлическая бирочка украшена стразами.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>капучино, св.серый, бордовый, неж.персик, бирюзовый, белый, розовый, т.серый, голубой, бежево-серый, св.пепельный</t>
+    <t>бирюзовый, бежево-серый, св.пепельный, бордо, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5648.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5648.jpg</t>
   </si>
   <si>
     <t>T22-варна</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Женская удлиненная шапка из ангоры с зафиксированным загибом.  Утеплена полностью поларом. Декор: граненные бусины в тон пряжи, на макушке в месте сборки шапки - круглая металлическая бирка со стразой.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>бирюза, капучино, св.серый, т.зеленый, белый, розовый, св.коричнево-серый, голубой, нежно-персиковый, бордовый, св.пепельный, бежево-розовый</t>
+    <t>капучино, св.серый, т.зеленый, розовый, св.коричнево-серый, голубой, нежно-персиковый, св.пепельный, бежево-розовый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5699.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5699.jpg</t>
   </si>
   <si>
     <t>T23-ножка</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Двойной берет &lt;на ножке&gt; из ангоры. На макушке хвостик.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>т.зеленый, голубой, св.коричнево-серый, бордовый, св.пепельный, бежево-розовый, капучино, нежно-персиковый, св.серый, св.розовый, бирюзовый, белый</t>
+    <t>т.зеленый, голубой, св.коричнево-серый, св.пепельный, бежево-розовый, капучино, нежно-персиковый, св.серый, св.розовый, бирюзовый, белый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5702.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5702.jpg</t>
   </si>
   <si>
     <t>T24-флорис</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-бини из ангоры с широким отворотом, выполнена из пряжи с металлизированной нитью и мелкими пайетками. Утеплена полностью флисом. Декор: небольшая металлическая брошка &lt;бриллиант&gt; или стилизованный метллический лейбл Tavidi.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>желтый, т.серый, сиреневый, бежевый, розовый, св.серый, капучино, пепельно-розовый, белый, бордовый, черный, лиловый, бирюзовый</t>
+    <t>т.серый, розовый, св.серый, пепельно-розовый, малиновый, сиреневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5703.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5703.jpg</t>
   </si>
   <si>
     <t>T25-русалина</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Шапка-берет из ангоры оригинальной версии  Утеплена вязаным подкладом. Декор: брошь со стразами.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>серый, т.синий, св.пепельный, капучино, белый, голубой, т.зеленый, св.коричнево-серый, нежно-персиковый, св.серый, бежево-розовый, бордовый, св.розовый, бирюзовый</t>
+    <t>т.синий, св.пепельный, т.зеленый, св.коричнево-серый, нежно-персиковый, св.серый, бежево-розовый, св.розовый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5704.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5704.jpg</t>
   </si>
   <si>
     <t>T26-веер</t>
   </si>
   <si>
     <t>Состав: 46% модал, 40% полиакрил, 14% полиамид
 Описание: Двойной берет &lt;на ножке&gt;. На макушке хвостик. Декор: узор &lt;лучи&gt; из страз и перламутровых бусин.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
     <t>т.капучино, св.коричневый, черное море, пыльно-розовый, серый, капучино, кремовый, т.серый, св.серый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5701.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5701.jpg</t>
   </si>
   <si>
-    <t>T27-эллис</t>
-[...15 lines deleted...]
-  <si>
     <t>T28-пика</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Обтягивающая шапка-бини из ангоры, утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити и мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>пыльно-розовый, т.серый, нежно-желтый, бирюзовый, белый, капучино, св.серый, св.персиковый, черный</t>
+    <t>пыльно-розовый, т.серый, нежно-желтый, бирюзовый, лиловый, св.серый, св.персиковый, черный, капучино, белый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5941.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5941.jpg</t>
   </si>
   <si>
     <t>T29-кос.элли</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Женская шапка из ангоры, Сзади сборка &lt;косынкой&gt;. Утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити и мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>малиновый, св.серый, капучино, св.розовый, черный, пудровый, т.серый, нежно-желтый, лиловый, сиреневый, белый, бирюзовый, кремовый</t>
+    <t>малиновый, св.розовый, черный, пудровый, т.серый, нежно-желтый, лиловый, сиреневый, белый, бирюзовый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5942.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5942.jpg</t>
   </si>
   <si>
     <t>T30-лорис</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Женская шапка 6-клинка с фиксацией сзади. Оригинально разделена косыми полосами на две зоны: у лица пряжа с добавлением металлизированной нити. Утеплена полностью флисом. Декор: стилизованный лейбл и граненные бусины в цвет.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>джинса, св.розовый, изумруд, кремовый, яр.розовый, св.лиловый, св.голубой, терракот, розовый, т.лиловый, охра, бл.бирюзовый, св.сиреневый, св.коричневый</t>
+    <t>св.розовый, изумруд, кремовый, яр.розовый, св.лиловый, св.голубой, терракот, розовый, т.лиловый, охра, бл.бирюзовый, св.сиреневый, св.коричневый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5943.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5943.jpg</t>
   </si>
   <si>
     <t>T31-айбия</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Обтягивающая шапка-бини из ангоры. Очень теплая - двойная и дополнительно утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити и мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>св.серый, нежно-желтый, сиреневый, т.серый, белый, малиновый, св.розовый, капучино, св.пудровый, черный, бежевый</t>
+    <t>нежно-желтый, сиреневый, св.розовый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5945.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5945.jpg</t>
   </si>
   <si>
     <t>T33-тыква.люр</t>
   </si>
   <si>
     <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
 Описание: Модная шапка-бини с отворотом, утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>лиловый, яр.зеленый, св.коричневый, св.розовый, т.терракот, бирюзовый, антрацит, нежно-желтый, бордовый, св.сиреневый, оранжевый, т.зеленый, св.капучино, джинса, пудровый, черный, св.зеленый</t>
+    <t>яр.зеленый, св.коричневый, св.розовый, т.терракот, бирюзовый, антрацит, нежно-желтый, бордовый, св.сиреневый, т.зеленый, св.зеленый, изумруд, пудровый, охра</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5947.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5947.jpg</t>
   </si>
   <si>
-    <t>TK10-блистелла</t>
-[...3 lines deleted...]
-Описание: Шапка со сложной сборкой и контрастными металлизированными полосами и снуд в два оборота. Шапка утеплена полностью флисом. Комплект выполнен из мягкой пряжи с добавлением металлизированной нити.
+    <t>T34-лана</t>
+  </si>
+  <si>
+    <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
+Описание: Обтягивающая шапка-бини из ангоры. Очень теплая — двойная и дополнительно утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити и мелких пайеток.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>розовый</t>
-[...5 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5422.jpg</t>
+    <t>св.розовый, св.серый, т.серый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6279.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6279.jpg</t>
+  </si>
+  <si>
+    <t>T35-саманта</t>
+  </si>
+  <si>
+    <t>св.розовый, капучино, св.серый, пудровый, желтый, бежевый, бордовый, белый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6280.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6280.jpg</t>
+  </si>
+  <si>
+    <t>T36-грета</t>
+  </si>
+  <si>
+    <t>Состав: 70% полиакрил, 20% мохер, 10% овечья шерсть
+Описание: Женская шапка 6-клинка с фиксацией сзади. Оригинальная модель с двумя вывязанными полосами по окружности головы, в которые добавлена металлизированная нить и украшены граненными бусинами. Утеплена полностью флисом.
+ГОСТ 5274-90  ТР ТС 017/2011</t>
+  </si>
+  <si>
+    <t>св.коричневый, св.сиреневый, св.розовый, бл.бирюзовый, кремовый, пыль.розовый, яр.розовый, св.голубой, св.лиловый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6281.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6281.jpg</t>
+  </si>
+  <si>
+    <t>T37-феникс</t>
+  </si>
+  <si>
+    <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
+Описание: Модная шапка-бини с широким отворотом, утеплена полностью флисом. Выполнена из качественной пряжи с добавлением металлизированной нити и пайеток.
+ГОСТ 5274-90  ТР ТС 017/2011</t>
+  </si>
+  <si>
+    <t>желтый, белый, св.розовый, т.серый</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6282.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6282.jpg</t>
+  </si>
+  <si>
+    <t>T38-дафна</t>
+  </si>
+  <si>
+    <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
+Описание: Обтягивающая шапка-бини из ангоры. Очень теплая — двойная и дополнительно утеплена полностью флисом. Выполнена из качественной пряжи. Декор: металлическая бирка.
+ГОСТ 5274-90  ТР ТС 017/2011</t>
+  </si>
+  <si>
+    <t>св.терракот, т.синий, желтый, пудровый, бордо, белый, т.зеленый, салатовый, граффит</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6283.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6283.jpg</t>
   </si>
   <si>
     <t>TK11-есения</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Комплект из ангоры: шапка со сложной сборкой и снуд в один оборот. Шапка утеплена вязаным подкладом. Снуд двойной.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>голубой, св.розовый, неж.персик, св.серый, капучино, св.пепельный, бежево-серый</t>
+    <t>голубой, неж.персик, св.пепельный</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5639.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5639.jpg</t>
   </si>
   <si>
     <t>TK11-есения.флис</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Комплект из ангоры: шапка со сложной сборкой и снуд в один оборот. Шапка утеплена полностью флисом. Снуд двойной.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>т.зеленый, малиновый, т.серый, салатовый, т.синий, белый, лиловый, нежно-желтый, бирюзовый, черный, пудровый, оранжевый, св.серый, сиреневый, бордовый, голубой, св.пепельный, капучино</t>
+    <t>т.зеленый, малиновый, т.серый, салатовый, белый, лиловый, нежно-желтый, бирюзовый, черный, пудровый, оранжевый, св.серый, сиреневый, бордовый, голубой, св.пепельный, капучино</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5948.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5948.jpg</t>
   </si>
   <si>
     <t>TK12-сальма</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Комплект из ангоры: шапка-бини с отворотом, шарф (120 х 30 см) и варежки. Шапка утеплена полностью поларом.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>св.серый, неж.персик, розово-бежевый, св.пепельный, капучино, т.зеленый, белый</t>
+    <t>св.пепельный, т.зеленый</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5640.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5640.jpg</t>
   </si>
   <si>
     <t>TK13-августа</t>
   </si>
   <si>
     <t>Состав: 25% ангора, 5% шерсть, 25% вискоза, 45% нейлон
 Описание: Комплект из ангоры: шапка со сложной сборкой и снуд в один оборот. Спереди снуда и шапки обратная вязка с добавлением металлизированной нити и медких пайеток. Шапка утеплена полностью флисом. Снуд двойной.
 ГОСТ 5274-90  ТР ТС 017/2011</t>
   </si>
   <si>
-    <t>пудровый, нежно-желтый, св.серый, лиловый, св.розовый, черный, малиновый, св.персиковый, бирюзовый, белый, сиреневый, т.серый, капучино</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5944.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5944.jpg</t>
-  </si>
-[...17 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5705.jpg</t>
   </si>
   <si>
     <t>Азия</t>
   </si>
   <si>
     <t>AD7 кор/мол</t>
   </si>
   <si>
     <t>Детская шапка</t>
   </si>
   <si>
     <t>Описание: оригинальная вязаная детская шапочка с рожками. На  отвороте спереди - вязаная нашивка &lt;собачка&gt;.
 Производитель: Китай
 Состав: 100% акрил</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1304.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1304.jpg</t>
   </si>
   <si>
     <t>AD7 мол/горч</t>
   </si>
   <si>
@@ -3225,63 +1793,50 @@
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1311.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1311.jpg</t>
   </si>
   <si>
     <t>ADN1 син/кор/оранж</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1312.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1312.jpg</t>
   </si>
   <si>
     <t>ADN1 т.син/гол/син</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1313.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1313.jpg</t>
   </si>
   <si>
-    <t>ADN2 беж/кор</t>
-[...11 lines deleted...]
-  <si>
     <t>ADN2 кор/св.кор</t>
   </si>
   <si>
     <t>Описание: Комплект - шапка с помпоном из пряжи и шарфик. Двойная вязка. Производитель - Vi-Mas (Китай).
 Состав: 90% полиэстер, 10% спандекс</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1316.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1316.jpg</t>
   </si>
   <si>
     <t>ADN2 крас/чер</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1317.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1317.jpg</t>
   </si>
   <si>
     <t>ADN2 сер/чер</t>
   </si>
   <si>
@@ -3424,102 +1979,70 @@
     <t>http://www.optom-perchatki.ru/uploads/products/large/1340.jpg</t>
   </si>
   <si>
     <t>ADN6 чер/крас</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1343.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1343.jpg</t>
   </si>
   <si>
     <t>ADN7 гол/яр.роз</t>
   </si>
   <si>
     <t>Описание: Комплект — шапка с помпоном из пряжи, шарфик. Двойная вязка. Декор: аппликация - мишка. Производитель — Vi-Mas (Китай).
 Состав: 90% полиэстер, 10% спандекс</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2204.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2204.jpg</t>
   </si>
   <si>
-    <t>ADN7 жел/зел</t>
+    <t>ADN7 кор/жел</t>
   </si>
   <si>
     <t>Описание: Комплект — шапка с помпоном из пряжи, шарфик. Двойная вязка. Декор: аппликация — мишка. Производитель — Vi-Mas (Китай).
 Состав: 90% полиэстер, 10% спандекс</t>
   </si>
   <si>
-    <t>http://www.optom-perchatki.ru/uploads/products/small/2311.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2312.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2312.jpg</t>
   </si>
   <si>
-    <t>ADN7 роз/св.роз</t>
-[...7 lines deleted...]
-  <si>
     <t>ADN7 т.син/крас</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2314.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2314.jpg</t>
-  </si>
-[...12 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/1344.jpg</t>
   </si>
   <si>
     <t>AG13 мол</t>
   </si>
   <si>
     <t>Описание: вязаная шапка-колпак с помпоном из пряжи. Можно носить как с отворотом, так и без. Красивая крупная вязка.
 Производитель: Китай
 Состав: 100% акрил</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1346.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1346.jpg</t>
   </si>
   <si>
     <t>AG14 кор</t>
   </si>
   <si>
     <t>Описание: вязаная шапка с жестким козырьком и помпоном из пряжи. Зимний принт &lt;олени&gt;.
 Производитель: Корея
 Состав: 100% акрил</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1349.jpg</t>
@@ -4058,64 +2581,50 @@
     <t>AV6 бел</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1419.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1419.jpg</t>
   </si>
   <si>
     <t>AV6 св.сер</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1420.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1420.jpg</t>
   </si>
   <si>
     <t>AV6 чер</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/1422.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/1422.jpg</t>
-  </si>
-[...12 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/1426.jpg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4486,62 +2995,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5296.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5296.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5294.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5294.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5925.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5925.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5926.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5926.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5927.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5927.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5928.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5928.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5929.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5929.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5931.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5931.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5930.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5930.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5932.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5932.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5981.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5981.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6032.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6032.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5179.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5179.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5181.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5181.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5182.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5182.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5185.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5185.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5186.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5186.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5187.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5187.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5188.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5188.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5191.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5191.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5193.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5193.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5194.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5194.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5195.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5195.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5196.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5196.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5197.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5197.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5834.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5834.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5977.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5977.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5978.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5978.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5979.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5979.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5982.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5982.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5976.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5976.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5980.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5980.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5983.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5983.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5984.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5984.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5985.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5985.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6031.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6031.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2883.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2883.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2892.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2894.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2897.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2897.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2898.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2898.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5936.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5936.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5938.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5938.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5939.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5939.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5937.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5937.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5774.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5774.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1684.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1684.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1685.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1685.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5803.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5803.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4503.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4503.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4515.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4515.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5776.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5776.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5237.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5237.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5238.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5238.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5239.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5239.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5777.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5777.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5243.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5243.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5244.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5244.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5779.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5779.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5780.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5780.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5781.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5783.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5783.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5785.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5785.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5786.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5786.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5787.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5787.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5788.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5788.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5789.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5789.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5790.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5790.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3222.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3222.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3732.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3732.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5804.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5804.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5793.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5793.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5792.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5792.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5794.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5794.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5791.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5791.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5795.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5795.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1071.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1071.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1265.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1265.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/729.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/729.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1089.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1089.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1178.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1178.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2281.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2281.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2286.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2286.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2123.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2123.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2125.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2127.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3058.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3058.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5805.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5805.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5799.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5799.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5800.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5800.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5801.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5801.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4529.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4529.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4530.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4530.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4534.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4534.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4536.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4536.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4542.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4543.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4543.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4544.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4544.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5236.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5236.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5806.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5806.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1625.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1625.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1624.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1624.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2273.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2273.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2253.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2253.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2249.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2249.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5289.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5289.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5290.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5290.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5209.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5209.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5232.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5232.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5808.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5808.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5233.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5233.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5797.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5797.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5235.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5235.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5301.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5301.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5305.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5305.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5303.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5303.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5302.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5302.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3265.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3265.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3267.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3267.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5796.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5796.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4035.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4035.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1617.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1617.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2274.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2274.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2275.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2275.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5423.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5423.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5636.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5636.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5637.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5637.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5424.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5424.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5416.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5416.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5632.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5632.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5635.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5635.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5641.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5641.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5644.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5644.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5643.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5643.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5638.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5638.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5645.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5645.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5646.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5646.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5647.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5647.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5811.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5811.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5650.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5650.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5648.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5648.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5699.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5699.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5702.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5702.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5703.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5703.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5704.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5704.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5701.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5701.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5940.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5940.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5941.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5941.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5942.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5942.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5943.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5943.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5945.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5945.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5947.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5947.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5639.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5639.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5948.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5948.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5640.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5640.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5944.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5944.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5705.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5705.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1307.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1307.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1308.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1308.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1309.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1309.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1316.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1316.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1317.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1317.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1318.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1318.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1319.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1319.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1320.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1320.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1321.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1321.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1322.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1322.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1323.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1323.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1324.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1324.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1325.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1325.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1328.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1328.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1329.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1329.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1330.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1330.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1331.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1331.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1336.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1336.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1340.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1340.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1343.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1343.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2204.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2204.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1344.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1344.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1346.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1346.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1349.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1349.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1353.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1353.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1354.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1354.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1355.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1355.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1356.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1356.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1357.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1357.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1359.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1359.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1360.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1360.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1361.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1361.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1362.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1362.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1363.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1363.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1364.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1364.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1365.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1365.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1366.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1366.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1380.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1380.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1381.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1381.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1382.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1382.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1384.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1384.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1385.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1385.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1386.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1386.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1383.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1383.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1388.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1388.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1391.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1391.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1367.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1367.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1368.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1368.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1369.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1369.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1370.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1370.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1372.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1372.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1373.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1373.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1374.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1374.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1375.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1375.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1376.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1376.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1377.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1377.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1378.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1378.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1379.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1379.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3446.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3446.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1418.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1418.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1426.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1426.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5931.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5931.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6458.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6458.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6457.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6457.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5981.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5981.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6399.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6399.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5181.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5181.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5833.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5833.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6416.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6416.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5187.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5187.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5194.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5194.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5196.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5196.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5977.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5977.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5835.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5835.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5979.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5979.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5982.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5982.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5984.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5984.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6761.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6761.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6392.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6392.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6395.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6395.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6398.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6398.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6762.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6762.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2870.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2871.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2872.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2873.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2874.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2875.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2876.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2877.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2878.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2879.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2880.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2881.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2882.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2884.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2893.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2895.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2898.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2898.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2900.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2906.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5936.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5936.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5939.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5939.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1684.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1684.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1685.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1685.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5788.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5788.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1625.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1625.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1624.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1624.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2273.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2273.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2253.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2253.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2249.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2249.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5305.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5305.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5303.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5303.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5302.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5302.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1617.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1617.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5423.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5423.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5636.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5636.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5637.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5637.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5424.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5424.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5635.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5635.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5641.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5641.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5644.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5644.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5643.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5643.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5638.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5638.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5646.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5646.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5647.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5647.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5811.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5811.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5650.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5650.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5648.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5648.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5699.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5699.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5702.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5702.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5703.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5703.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5704.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5704.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5701.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5701.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5941.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5941.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5942.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5942.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5943.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5943.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5945.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5945.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5947.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5947.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6279.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6279.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6280.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6280.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6281.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6281.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6282.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6282.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6283.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6283.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5639.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5639.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5948.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5948.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5640.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5640.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5944.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5944.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1304.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1306.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1307.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1307.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1308.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1308.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1309.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1309.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1311.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1313.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1316.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1316.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1317.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1317.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1318.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1318.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1319.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1319.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1320.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1320.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1321.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1321.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1322.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1322.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1323.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1323.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1324.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1324.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1325.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1325.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1328.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1328.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1329.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1329.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1330.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1330.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1331.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1331.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1336.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1336.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1340.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1340.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1343.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1343.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2204.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2204.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2312.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2314.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1346.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1346.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1349.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1349.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1350.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1351.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1352.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1353.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1353.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1354.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1354.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1355.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1355.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1356.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1356.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1357.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1357.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1359.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1359.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1360.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1360.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1361.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1361.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1362.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1362.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1363.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1363.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1364.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1364.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1365.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1365.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1366.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1366.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1380.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1380.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1381.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1381.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1382.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1382.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1384.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1384.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1385.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1385.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1386.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1386.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1383.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1383.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1388.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1388.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1389.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1390.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1391.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1391.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1367.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1367.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1368.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1368.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1369.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1369.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1370.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1370.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1372.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1372.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1373.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1373.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1374.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1374.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1375.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1375.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1376.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1376.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1377.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1377.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1378.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1378.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1379.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1379.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3446.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3446.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1418.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1418.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1422.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K283"/>
+  <dimension ref="A1:K186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A283" sqref="A283"/>
+      <selection activeCell="A186" sqref="A186"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="16" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="45" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="9" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" customWidth="true" style="0"/>
     <col min="10" max="10" width="55" customWidth="true" style="0"/>
     <col min="11" max="11" width="55" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -4567,9729 +3076,6344 @@
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="G2" s="3">
         <v>1</v>
       </c>
       <c r="H2" s="3">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="I2" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2">
-        <v>510</v>
+        <v>540</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>510</v>
+        <v>540</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2">
-        <v>340</v>
+        <v>550</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>340</v>
+        <v>550</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2">
-        <v>360</v>
+        <v>550</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>360</v>
+        <v>550</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F7" s="2">
-        <v>330</v>
+        <v>690</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>330</v>
+        <v>690</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" s="2">
-        <v>440</v>
+        <v>290</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>440</v>
+        <v>290</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F9" s="2">
-        <v>470</v>
+        <v>290</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>470</v>
+        <v>290</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F10" s="2">
-        <v>330</v>
+        <v>290</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>330</v>
+        <v>290</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F11" s="2">
-        <v>510</v>
+        <v>320</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>510</v>
+        <v>320</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F12" s="2">
-        <v>235</v>
+        <v>365</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>235</v>
+        <v>365</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F13" s="2">
-        <v>235</v>
+        <v>350</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>235</v>
+        <v>350</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F14" s="2">
-        <v>235</v>
+        <v>365</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>235</v>
+        <v>365</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F15" s="2">
-        <v>220</v>
+        <v>360</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>220</v>
+        <v>360</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F16" s="2">
-        <v>260</v>
+        <v>360</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>260</v>
+        <v>360</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F17" s="2">
-        <v>290</v>
+        <v>370</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>290</v>
+        <v>370</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F18" s="2">
-        <v>260</v>
+        <v>350</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>260</v>
+        <v>350</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="F19" s="2">
-        <v>290</v>
+        <v>350</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>290</v>
+        <v>350</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>105</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="F20" s="2">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>109</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F21" s="2">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>114</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F22" s="2">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>119</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="F23" s="2">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>123</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="F24" s="2">
-        <v>290</v>
+        <v>350</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>290</v>
+        <v>350</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F25" s="2">
-        <v>260</v>
+        <v>320</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>260</v>
+        <v>320</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F26" s="2">
-        <v>305</v>
+        <v>350</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>305</v>
+        <v>350</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="F27" s="2">
-        <v>260</v>
+        <v>430</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>260</v>
+        <v>430</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>142</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>145</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F28" s="2">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>146</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="F29" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="F30" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F31" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F32" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="F33" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F34" s="2">
         <v>250</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>250</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F35" s="2">
         <v>250</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>250</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F36" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F37" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>188</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D38" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F38" s="2">
         <v>250</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>250</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J38" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="2" t="s">
+      <c r="F39" s="2">
+        <v>250</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>250</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J39" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="K39" s="5" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>201</v>
+        <v>150</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F40" s="2">
         <v>250</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>250</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="6" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F41" s="2">
+        <v>250</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>250</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="K41" s="5" t="s">
         <v>205</v>
-      </c>
-[...25 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="F42" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="F43" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F44" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F45" s="2">
+        <v>250</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>250</v>
+      </c>
+      <c r="I45" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>224</v>
-      </c>
-[...25 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F46" s="2">
+        <v>250</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>250</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>228</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="C47" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="2" t="s">
+      <c r="F47" s="2">
+        <v>250</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>250</v>
+      </c>
+      <c r="I47" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J47" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="F47" s="2">
-[...11 lines deleted...]
-      <c r="J47" s="5" t="s">
+      <c r="K47" s="5" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F48" s="2">
+        <v>250</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>250</v>
+      </c>
+      <c r="I48" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J48" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="E48" s="2" t="s">
-[...14 lines deleted...]
-      <c r="J48" s="5" t="s">
+      <c r="K48" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F49" s="2">
+        <v>250</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>250</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J49" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="K49" s="5" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>217</v>
+        <v>243</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>213</v>
+        <v>244</v>
       </c>
       <c r="F50" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>245</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="F51" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F52" s="2">
         <v>250</v>
       </c>
-      <c r="C52" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="6" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>212</v>
+        <v>256</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F53" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="6" t="s">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>20</v>
+        <v>262</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>240</v>
+        <v>263</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>213</v>
+        <v>264</v>
       </c>
       <c r="F54" s="2">
-        <v>350</v>
+        <v>700</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>350</v>
+        <v>700</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="6" t="s">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>263</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F55" s="2">
-        <v>350</v>
+        <v>680</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>350</v>
+        <v>680</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="6" t="s">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>213</v>
+        <v>272</v>
       </c>
       <c r="F56" s="2">
-        <v>350</v>
+        <v>680</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>350</v>
+        <v>680</v>
       </c>
       <c r="I56" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="6" t="s">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F57" s="2">
-        <v>350</v>
+        <v>700</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>350</v>
+        <v>700</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="F58" s="2">
-        <v>350</v>
+        <v>230</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>350</v>
+        <v>230</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>217</v>
+        <v>286</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>287</v>
       </c>
       <c r="F59" s="2">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>213</v>
+        <v>291</v>
       </c>
       <c r="F60" s="2">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="F61" s="2">
-        <v>350</v>
+        <v>390</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>350</v>
+        <v>390</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>217</v>
+        <v>300</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>213</v>
+        <v>95</v>
       </c>
       <c r="F62" s="2">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>262</v>
+        <v>304</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="F63" s="2">
-        <v>350</v>
+        <v>260</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>350</v>
+        <v>260</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>13</v>
+        <v>304</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>268</v>
+        <v>310</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>241</v>
+        <v>311</v>
       </c>
       <c r="F64" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="F65" s="2">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>310</v>
+        <v>95</v>
       </c>
       <c r="F66" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="6" t="s">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>262</v>
+        <v>68</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="F67" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="6" t="s">
-        <v>210</v>
+        <v>328</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>268</v>
+        <v>331</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>213</v>
+        <v>332</v>
       </c>
       <c r="F68" s="2">
-        <v>350</v>
+        <v>450</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>350</v>
+        <v>450</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="6" t="s">
-        <v>210</v>
+        <v>328</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>217</v>
+        <v>336</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>213</v>
+        <v>337</v>
       </c>
       <c r="F69" s="2">
-        <v>350</v>
+        <v>490</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>350</v>
+        <v>490</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="6" t="s">
-        <v>210</v>
+        <v>328</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="F70" s="2">
-        <v>350</v>
+        <v>450</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>350</v>
+        <v>450</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="6" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C71" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="D71" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="D71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="2" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="F71" s="2">
-        <v>650</v>
+        <v>450</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>650</v>
+        <v>450</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="6" t="s">
-        <v>329</v>
+        <v>348</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="F72" s="2">
-        <v>650</v>
+        <v>390</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>650</v>
+        <v>390</v>
       </c>
       <c r="I72" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="6" t="s">
-        <v>329</v>
+        <v>355</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="F73" s="2">
-        <v>630</v>
+        <v>200</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>630</v>
+        <v>200</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="6" t="s">
-        <v>329</v>
+        <v>355</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>20</v>
+        <v>357</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="F74" s="2">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>87</v>
+        <v>357</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="F75" s="2">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>87</v>
+        <v>357</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="F76" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="F77" s="2">
-        <v>270</v>
+        <v>340</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>270</v>
+        <v>340</v>
       </c>
       <c r="I77" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="F78" s="2">
-        <v>270</v>
+        <v>550</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>270</v>
+        <v>550</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="F79" s="2">
-        <v>280</v>
+        <v>520</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>280</v>
+        <v>520</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
       <c r="F80" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>390</v>
+        <v>500</v>
       </c>
       <c r="I80" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="F81" s="2">
-        <v>390</v>
+        <v>340</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>390</v>
+        <v>340</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>383</v>
+        <v>400</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>384</v>
+        <v>401</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>87</v>
+        <v>330</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
       <c r="F82" s="2">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>382</v>
+        <v>409</v>
       </c>
       <c r="F83" s="2">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="I83" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>394</v>
+        <v>412</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="F84" s="2">
-        <v>490</v>
+        <v>570</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>490</v>
+        <v>570</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>397</v>
+        <v>415</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>399</v>
+        <v>417</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>400</v>
+        <v>418</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>401</v>
+        <v>419</v>
       </c>
       <c r="F85" s="2">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>404</v>
+        <v>422</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="F86" s="2">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>408</v>
+        <v>426</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="F87" s="2">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>414</v>
+        <v>432</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>415</v>
+        <v>330</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>416</v>
+        <v>433</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>417</v>
+        <v>434</v>
       </c>
       <c r="F88" s="2">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="I88" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>418</v>
+        <v>435</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>422</v>
+        <v>439</v>
       </c>
       <c r="F89" s="2">
-        <v>500</v>
+        <v>590</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>590</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>423</v>
+        <v>440</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>424</v>
+        <v>441</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>425</v>
+        <v>442</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>426</v>
+        <v>443</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>427</v>
+        <v>444</v>
       </c>
       <c r="F90" s="2">
-        <v>450</v>
+        <v>550</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>450</v>
+        <v>550</v>
       </c>
       <c r="I90" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>429</v>
+        <v>446</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>87</v>
+        <v>330</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>432</v>
+        <v>449</v>
       </c>
       <c r="F91" s="2">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="I91" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>435</v>
+        <v>452</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>436</v>
+        <v>453</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="F92" s="2">
-        <v>440</v>
+        <v>570</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>440</v>
+        <v>570</v>
       </c>
       <c r="I92" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>441</v>
+        <v>458</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>442</v>
+        <v>459</v>
       </c>
       <c r="F93" s="2">
-        <v>440</v>
+        <v>610</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>440</v>
+        <v>610</v>
       </c>
       <c r="I93" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>443</v>
+        <v>460</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>444</v>
+        <v>461</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>445</v>
+        <v>462</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>447</v>
+        <v>464</v>
       </c>
       <c r="F94" s="2">
         <v>390</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>390</v>
       </c>
       <c r="I94" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>450</v>
+        <v>467</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>451</v>
+        <v>468</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>452</v>
+        <v>469</v>
       </c>
       <c r="F95" s="2">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="I95" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>453</v>
+        <v>470</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>454</v>
+        <v>471</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>455</v>
+        <v>472</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>457</v>
+        <v>474</v>
       </c>
       <c r="F96" s="2">
-        <v>440</v>
+        <v>390</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>440</v>
+        <v>390</v>
       </c>
       <c r="I96" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>460</v>
+        <v>477</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>461</v>
+        <v>478</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>462</v>
+        <v>479</v>
       </c>
       <c r="F97" s="2">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="I97" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>463</v>
+        <v>480</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>464</v>
+        <v>481</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>465</v>
+        <v>482</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>427</v>
+        <v>483</v>
       </c>
       <c r="F98" s="2">
-        <v>450</v>
+        <v>640</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>450</v>
+        <v>640</v>
       </c>
       <c r="I98" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>467</v>
+        <v>484</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>468</v>
+        <v>485</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="F99" s="2">
         <v>390</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>390</v>
       </c>
       <c r="I99" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>472</v>
+        <v>489</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="F100" s="2">
-        <v>440</v>
+        <v>590</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>440</v>
+        <v>590</v>
       </c>
       <c r="I100" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="F101" s="2">
-        <v>440</v>
+        <v>590</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>440</v>
+        <v>590</v>
       </c>
       <c r="I101" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>486</v>
+        <v>262</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>487</v>
+        <v>502</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="F102" s="2">
-        <v>500</v>
+        <v>920</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>920</v>
       </c>
       <c r="I102" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="F103" s="2">
-        <v>980</v>
+        <v>1030</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>980</v>
+        <v>1030</v>
       </c>
       <c r="I103" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>486</v>
+        <v>262</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="F104" s="2">
-        <v>540</v>
+        <v>1180</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>540</v>
+        <v>1180</v>
       </c>
       <c r="I104" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="6" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>187</v>
+        <v>95</v>
       </c>
       <c r="F105" s="2">
-        <v>980</v>
+        <v>1090</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>980</v>
+        <v>1090</v>
       </c>
       <c r="I105" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>505</v>
+        <v>521</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E106" s="2"/>
       <c r="F106" s="2">
-        <v>540</v>
+        <v>120</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>540</v>
+        <v>120</v>
       </c>
       <c r="I106" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>206</v>
+        <v>527</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E107" s="2"/>
       <c r="F107" s="2">
-        <v>980</v>
+        <v>120</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>980</v>
+        <v>120</v>
       </c>
       <c r="I107" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>87</v>
+        <v>527</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E108" s="2"/>
       <c r="F108" s="2">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="I108" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>519</v>
+        <v>532</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>520</v>
+        <v>533</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E109" s="2"/>
       <c r="F109" s="2">
-        <v>260</v>
+        <v>120</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>260</v>
+        <v>120</v>
       </c>
       <c r="I109" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="E110" s="2"/>
       <c r="F110" s="2">
-        <v>350</v>
+        <v>160</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>350</v>
+        <v>160</v>
       </c>
       <c r="I110" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>531</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="E111" s="2"/>
       <c r="F111" s="2">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="I111" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="E112" s="2" t="s">
         <v>538</v>
       </c>
+      <c r="E112" s="2"/>
       <c r="F112" s="2">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="I112" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="E113" s="2"/>
       <c r="F113" s="2">
-        <v>260</v>
+        <v>160</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>260</v>
+        <v>160</v>
       </c>
       <c r="I113" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E114" s="2"/>
       <c r="F114" s="2">
-        <v>440</v>
+        <v>160</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>440</v>
+        <v>160</v>
       </c>
       <c r="I114" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="E115" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E115" s="2"/>
       <c r="F115" s="2">
-        <v>440</v>
+        <v>160</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>440</v>
+        <v>160</v>
       </c>
       <c r="I115" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="E116" s="2"/>
       <c r="F116" s="2">
-        <v>490</v>
+        <v>160</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>490</v>
+        <v>160</v>
       </c>
       <c r="I116" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>560</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E117" s="2"/>
       <c r="F117" s="2">
-        <v>620</v>
+        <v>160</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>620</v>
+        <v>160</v>
       </c>
       <c r="I117" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>562</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>560</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E118" s="2"/>
       <c r="F118" s="2">
-        <v>620</v>
+        <v>160</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>620</v>
+        <v>160</v>
       </c>
       <c r="I118" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>565</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="E119" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2">
+        <v>160</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>160</v>
+      </c>
+      <c r="I119" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J119" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="F119" s="2">
-[...11 lines deleted...]
-      <c r="J119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2">
+        <v>160</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>160</v>
+      </c>
+      <c r="I120" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J120" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="C120" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D120" s="2" t="s">
+      <c r="K120" s="5" t="s">
         <v>572</v>
-      </c>
-[...19 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>13</v>
+        <v>537</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E121" s="2"/>
       <c r="F121" s="2">
-        <v>420</v>
+        <v>160</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>420</v>
+        <v>160</v>
       </c>
       <c r="I121" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E122" s="2"/>
       <c r="F122" s="2">
-        <v>420</v>
+        <v>160</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>420</v>
+        <v>160</v>
       </c>
       <c r="I122" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="E123" s="2"/>
       <c r="F123" s="2">
-        <v>280</v>
+        <v>160</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>280</v>
+        <v>160</v>
       </c>
       <c r="I123" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="E124" s="2"/>
       <c r="F124" s="2">
-        <v>280</v>
+        <v>170</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>280</v>
+        <v>170</v>
       </c>
       <c r="I124" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>594</v>
+        <v>585</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D125" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2">
+        <v>170</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>170</v>
+      </c>
+      <c r="I125" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J125" s="5" t="s">
         <v>587</v>
       </c>
-      <c r="E125" s="2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K125" s="5" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="E126" s="2"/>
       <c r="F126" s="2">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="I126" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>602</v>
+        <v>590</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>603</v>
+        <v>591</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="E127" s="2"/>
       <c r="F127" s="2">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="I127" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="E128" s="2"/>
       <c r="F128" s="2">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="I128" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="E129" s="2"/>
       <c r="F129" s="2">
-        <v>550</v>
+        <v>160</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>550</v>
+        <v>160</v>
       </c>
       <c r="I129" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>616</v>
+        <v>601</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>617</v>
+        <v>602</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>618</v>
+        <v>603</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="E130" s="2"/>
       <c r="F130" s="2">
-        <v>430</v>
+        <v>160</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>430</v>
+        <v>160</v>
       </c>
       <c r="I130" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>621</v>
+        <v>604</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>622</v>
+        <v>605</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>623</v>
+        <v>606</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="E131" s="2"/>
       <c r="F131" s="2">
-        <v>430</v>
+        <v>160</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>430</v>
+        <v>160</v>
       </c>
       <c r="I131" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>625</v>
+        <v>608</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>626</v>
+        <v>609</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>627</v>
+        <v>610</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>628</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="E132" s="2"/>
       <c r="F132" s="2">
-        <v>660</v>
+        <v>160</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>660</v>
+        <v>160</v>
       </c>
       <c r="I132" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>630</v>
+        <v>612</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>631</v>
+        <v>613</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>632</v>
+        <v>614</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>20</v>
+        <v>537</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="E133" s="2"/>
       <c r="F133" s="2">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="I133" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>637</v>
+        <v>617</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>638</v>
+        <v>20</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="E134" s="2"/>
       <c r="F134" s="2">
-        <v>550</v>
+        <v>200</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>550</v>
+        <v>200</v>
       </c>
       <c r="I134" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>641</v>
+        <v>619</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>642</v>
+        <v>620</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>643</v>
+        <v>621</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>644</v>
+        <v>20</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="E135" s="2"/>
       <c r="F135" s="2">
-        <v>260</v>
+        <v>180</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>260</v>
+        <v>180</v>
       </c>
       <c r="I135" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>647</v>
+        <v>623</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>648</v>
+        <v>624</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>649</v>
+        <v>625</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>644</v>
+        <v>20</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="E136" s="2"/>
       <c r="F136" s="2">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="I136" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>652</v>
+        <v>626</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>653</v>
+        <v>627</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>654</v>
+        <v>628</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="E137" s="2"/>
       <c r="F137" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I137" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>657</v>
+        <v>629</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>658</v>
+        <v>630</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>659</v>
+        <v>631</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="E138" s="2"/>
       <c r="F138" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I138" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>661</v>
+        <v>633</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>662</v>
+        <v>634</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="6" t="s">
-        <v>349</v>
+        <v>520</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>663</v>
+        <v>635</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>664</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="E139" s="2"/>
       <c r="F139" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I139" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>666</v>
+        <v>636</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>667</v>
+        <v>637</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="6" t="s">
-        <v>668</v>
+        <v>520</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>669</v>
+        <v>638</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="E140" s="2"/>
       <c r="F140" s="2">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="I140" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>672</v>
+        <v>639</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>673</v>
+        <v>640</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="6" t="s">
-        <v>668</v>
+        <v>520</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>674</v>
+        <v>641</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="E141" s="2"/>
       <c r="F141" s="2">
-        <v>365</v>
+        <v>200</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>365</v>
+        <v>200</v>
       </c>
       <c r="I141" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>676</v>
+        <v>642</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>677</v>
+        <v>643</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="6" t="s">
-        <v>668</v>
+        <v>520</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>678</v>
+        <v>644</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>331</v>
+        <v>645</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="E142" s="2"/>
       <c r="F142" s="2">
-        <v>880</v>
+        <v>150</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>880</v>
+        <v>150</v>
       </c>
       <c r="I142" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>681</v>
+        <v>647</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>682</v>
+        <v>648</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="6" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>684</v>
+        <v>649</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="E143" s="2"/>
       <c r="F143" s="2">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="I143" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>687</v>
+        <v>651</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>688</v>
+        <v>652</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="6" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>689</v>
+        <v>653</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="E144" s="2"/>
       <c r="F144" s="2">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I144" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>692</v>
+        <v>654</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>693</v>
+        <v>655</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="6" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>694</v>
+        <v>656</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="E145" s="2"/>
       <c r="F145" s="2">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="I145" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>697</v>
+        <v>657</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>698</v>
+        <v>658</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="6" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>699</v>
+        <v>659</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>87</v>
+        <v>660</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>700</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="E146" s="2"/>
       <c r="F146" s="2">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="I146" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>702</v>
+        <v>662</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>703</v>
+        <v>663</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="6" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>704</v>
+        <v>664</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>87</v>
+        <v>660</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="E147" s="2"/>
       <c r="F147" s="2">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="I147" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>707</v>
+        <v>665</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>708</v>
+        <v>666</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>710</v>
+        <v>667</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>262</v>
+        <v>660</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>711</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="E148" s="2"/>
       <c r="F148" s="2">
-        <v>420</v>
+        <v>200</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>420</v>
+        <v>200</v>
       </c>
       <c r="I148" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>713</v>
+        <v>668</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>714</v>
+        <v>669</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>715</v>
+        <v>670</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>262</v>
+        <v>660</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="E149" s="2"/>
       <c r="F149" s="2">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="I149" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>718</v>
+        <v>671</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>719</v>
+        <v>672</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>720</v>
+        <v>673</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>262</v>
+        <v>674</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E150" s="2"/>
       <c r="F150" s="2">
-        <v>490</v>
+        <v>180</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>490</v>
+        <v>180</v>
       </c>
       <c r="I150" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>723</v>
+        <v>676</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>724</v>
+        <v>677</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>725</v>
+        <v>678</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>262</v>
+        <v>674</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E151" s="2"/>
       <c r="F151" s="2">
-        <v>450</v>
+        <v>180</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>450</v>
+        <v>180</v>
       </c>
       <c r="I151" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>727</v>
+        <v>679</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>728</v>
+        <v>680</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>729</v>
+        <v>681</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>262</v>
+        <v>674</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E152" s="2"/>
       <c r="F152" s="2">
-        <v>450</v>
+        <v>180</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>450</v>
+        <v>180</v>
       </c>
       <c r="I152" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>731</v>
+        <v>682</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>732</v>
+        <v>683</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="6" t="s">
-        <v>709</v>
+        <v>520</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>733</v>
+        <v>684</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="E153" s="2"/>
       <c r="F153" s="2">
-        <v>490</v>
+        <v>180</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>490</v>
+        <v>180</v>
       </c>
       <c r="I153" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>736</v>
+        <v>686</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>737</v>
+        <v>687</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>739</v>
+        <v>688</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="E154" s="2"/>
       <c r="F154" s="2">
-        <v>310</v>
+        <v>180</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>310</v>
+        <v>180</v>
       </c>
       <c r="I154" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>742</v>
+        <v>689</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>743</v>
+        <v>690</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>744</v>
+        <v>691</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>745</v>
+        <v>674</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="E155" s="2"/>
       <c r="F155" s="2">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="I155" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>748</v>
+        <v>692</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>749</v>
+        <v>693</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>750</v>
+        <v>694</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>745</v>
+        <v>674</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="E156" s="2"/>
       <c r="F156" s="2">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="I156" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>752</v>
+        <v>696</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>753</v>
+        <v>697</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>754</v>
+        <v>698</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>745</v>
+        <v>674</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E157" s="2"/>
       <c r="F157" s="2">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="I157" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>757</v>
+        <v>699</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>758</v>
+        <v>700</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>759</v>
+        <v>701</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>760</v>
+        <v>674</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E158" s="2"/>
       <c r="F158" s="2">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="I158" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>763</v>
+        <v>702</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>764</v>
+        <v>703</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>765</v>
+        <v>704</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>766</v>
+        <v>674</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="E159" s="2"/>
       <c r="F159" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I159" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>769</v>
+        <v>705</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>770</v>
+        <v>706</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>771</v>
+        <v>707</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>87</v>
+        <v>674</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>772</v>
-[...3 lines deleted...]
-      </c>
+        <v>708</v>
+      </c>
+      <c r="E160" s="2"/>
       <c r="F160" s="2">
-        <v>280</v>
+        <v>180</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>280</v>
+        <v>180</v>
       </c>
       <c r="I160" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>774</v>
+        <v>709</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>775</v>
+        <v>710</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="6" t="s">
-        <v>738</v>
+        <v>520</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>776</v>
+        <v>711</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>66</v>
+        <v>674</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="E161" s="2"/>
       <c r="F161" s="2">
-        <v>280</v>
+        <v>180</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>280</v>
+        <v>180</v>
       </c>
       <c r="I161" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>779</v>
+        <v>713</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>780</v>
+        <v>714</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>782</v>
+        <v>715</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>783</v>
+        <v>674</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="E162" s="2"/>
       <c r="F162" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I162" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>786</v>
+        <v>716</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>787</v>
+        <v>717</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>788</v>
+        <v>718</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>783</v>
+        <v>719</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="E163" s="2"/>
       <c r="F163" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I163" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>791</v>
+        <v>721</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>792</v>
+        <v>722</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>793</v>
+        <v>723</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>783</v>
+        <v>719</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>794</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="E164" s="2"/>
       <c r="F164" s="2">
-        <v>210</v>
+        <v>180</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>210</v>
+        <v>180</v>
       </c>
       <c r="I164" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>796</v>
+        <v>724</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>797</v>
+        <v>725</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>798</v>
+        <v>726</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>783</v>
+        <v>719</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="E165" s="2"/>
       <c r="F165" s="2">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="I165" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>801</v>
+        <v>727</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>802</v>
+        <v>728</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>803</v>
+        <v>729</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="E166" s="2"/>
       <c r="F166" s="2">
-        <v>310</v>
+        <v>180</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>310</v>
+        <v>180</v>
       </c>
       <c r="I166" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>806</v>
+        <v>730</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>807</v>
+        <v>731</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>808</v>
+        <v>732</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="E167" s="2"/>
       <c r="F167" s="2">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="I167" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>811</v>
+        <v>734</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>812</v>
+        <v>735</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>813</v>
+        <v>736</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>814</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="E168" s="2"/>
       <c r="F168" s="2">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="I168" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>816</v>
+        <v>737</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>817</v>
+        <v>738</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>818</v>
+        <v>739</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>819</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="E169" s="2"/>
       <c r="F169" s="2">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="I169" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>821</v>
+        <v>740</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>822</v>
+        <v>741</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>823</v>
+        <v>742</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>824</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="E170" s="2"/>
       <c r="F170" s="2">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>340</v>
+        <v>170</v>
       </c>
       <c r="I170" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>826</v>
+        <v>743</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>827</v>
+        <v>744</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>828</v>
+        <v>745</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>829</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="E171" s="2"/>
       <c r="F171" s="2">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>550</v>
+        <v>170</v>
       </c>
       <c r="I171" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>831</v>
+        <v>747</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>832</v>
+        <v>748</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>833</v>
+        <v>749</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="E172" s="2"/>
       <c r="F172" s="2">
-        <v>520</v>
+        <v>170</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>520</v>
+        <v>170</v>
       </c>
       <c r="I172" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>836</v>
+        <v>750</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>837</v>
+        <v>751</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>838</v>
+        <v>752</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>20</v>
+        <v>674</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>839</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="E173" s="2"/>
       <c r="F173" s="2">
-        <v>500</v>
+        <v>170</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>500</v>
+        <v>170</v>
       </c>
       <c r="I173" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>841</v>
+        <v>753</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>842</v>
+        <v>754</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>843</v>
+        <v>755</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="E174" s="2"/>
       <c r="F174" s="2">
-        <v>340</v>
+        <v>180</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>340</v>
+        <v>180</v>
       </c>
       <c r="I174" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>846</v>
+        <v>757</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>847</v>
+        <v>758</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>848</v>
+        <v>759</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>849</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="E175" s="2"/>
       <c r="F175" s="2">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="I175" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>851</v>
+        <v>760</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>852</v>
+        <v>761</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>853</v>
+        <v>762</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>262</v>
+        <v>719</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="E176" s="2"/>
       <c r="F176" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="I176" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>856</v>
+        <v>763</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>857</v>
+        <v>764</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>858</v>
+        <v>765</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="E177" s="2"/>
       <c r="F177" s="2">
-        <v>470</v>
+        <v>180</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>470</v>
+        <v>180</v>
       </c>
       <c r="I177" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>861</v>
+        <v>766</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>862</v>
+        <v>767</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>863</v>
+        <v>768</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>864</v>
-[...3 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="E178" s="2"/>
       <c r="F178" s="2">
-        <v>570</v>
+        <v>180</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>570</v>
+        <v>180</v>
       </c>
       <c r="I178" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>866</v>
+        <v>769</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>867</v>
+        <v>770</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>868</v>
+        <v>771</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="E179" s="2"/>
       <c r="F179" s="2">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="I179" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>871</v>
+        <v>773</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>872</v>
+        <v>774</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>873</v>
+        <v>775</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>874</v>
-[...3 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="E180" s="2"/>
       <c r="F180" s="2">
-        <v>470</v>
+        <v>240</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>470</v>
+        <v>240</v>
       </c>
       <c r="I180" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>876</v>
+        <v>778</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>877</v>
+        <v>779</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2">
+        <v>240</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>240</v>
+      </c>
+      <c r="I181" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J181" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="B181" s="2" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K181" s="5" t="s">
-        <v>882</v>
+        <v>782</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>883</v>
+        <v>783</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>262</v>
+        <v>776</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="E182" s="2"/>
       <c r="F182" s="2">
-        <v>520</v>
+        <v>240</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>520</v>
+        <v>240</v>
       </c>
       <c r="I182" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>886</v>
+        <v>784</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>887</v>
+        <v>785</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>888</v>
+        <v>786</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="E183" s="2"/>
       <c r="F183" s="2">
-        <v>590</v>
+        <v>200</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>590</v>
+        <v>200</v>
       </c>
       <c r="I183" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>891</v>
+        <v>788</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>892</v>
+        <v>789</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>893</v>
+        <v>790</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="E184" s="2"/>
       <c r="F184" s="2">
-        <v>550</v>
+        <v>200</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>550</v>
+        <v>200</v>
       </c>
       <c r="I184" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>896</v>
+        <v>791</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>897</v>
+        <v>792</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>898</v>
+        <v>793</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>262</v>
+        <v>776</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="E185" s="2"/>
       <c r="F185" s="2">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="I185" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>901</v>
+        <v>794</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>902</v>
+        <v>795</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="6" t="s">
-        <v>781</v>
+        <v>520</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>903</v>
+        <v>796</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>904</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="E186" s="2"/>
       <c r="F186" s="2">
-        <v>540</v>
+        <v>200</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>540</v>
+        <v>200</v>
       </c>
       <c r="I186" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>906</v>
+        <v>797</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>907</v>
-[...3222 lines deleted...]
-        <v>1260</v>
+        <v>798</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="J2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K2" r:id="rId_hyperlink_2"/>
     <hyperlink ref="J3" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K3" r:id="rId_hyperlink_4"/>
     <hyperlink ref="J4" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_6"/>
     <hyperlink ref="J5" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_8"/>
     <hyperlink ref="J6" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_10"/>
     <hyperlink ref="J7" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_12"/>
     <hyperlink ref="J8" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_14"/>
     <hyperlink ref="J9" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_16"/>
     <hyperlink ref="J10" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_18"/>
     <hyperlink ref="J11" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_20"/>
@@ -14621,244 +9745,50 @@
     <hyperlink ref="K174" r:id="rId_hyperlink_346"/>
     <hyperlink ref="J175" r:id="rId_hyperlink_347"/>
     <hyperlink ref="K175" r:id="rId_hyperlink_348"/>
     <hyperlink ref="J176" r:id="rId_hyperlink_349"/>
     <hyperlink ref="K176" r:id="rId_hyperlink_350"/>
     <hyperlink ref="J177" r:id="rId_hyperlink_351"/>
     <hyperlink ref="K177" r:id="rId_hyperlink_352"/>
     <hyperlink ref="J178" r:id="rId_hyperlink_353"/>
     <hyperlink ref="K178" r:id="rId_hyperlink_354"/>
     <hyperlink ref="J179" r:id="rId_hyperlink_355"/>
     <hyperlink ref="K179" r:id="rId_hyperlink_356"/>
     <hyperlink ref="J180" r:id="rId_hyperlink_357"/>
     <hyperlink ref="K180" r:id="rId_hyperlink_358"/>
     <hyperlink ref="J181" r:id="rId_hyperlink_359"/>
     <hyperlink ref="K181" r:id="rId_hyperlink_360"/>
     <hyperlink ref="J182" r:id="rId_hyperlink_361"/>
     <hyperlink ref="K182" r:id="rId_hyperlink_362"/>
     <hyperlink ref="J183" r:id="rId_hyperlink_363"/>
     <hyperlink ref="K183" r:id="rId_hyperlink_364"/>
     <hyperlink ref="J184" r:id="rId_hyperlink_365"/>
     <hyperlink ref="K184" r:id="rId_hyperlink_366"/>
     <hyperlink ref="J185" r:id="rId_hyperlink_367"/>
     <hyperlink ref="K185" r:id="rId_hyperlink_368"/>
     <hyperlink ref="J186" r:id="rId_hyperlink_369"/>
     <hyperlink ref="K186" r:id="rId_hyperlink_370"/>
-    <hyperlink ref="J187" r:id="rId_hyperlink_371"/>
-[...192 lines deleted...]
-    <hyperlink ref="K283" r:id="rId_hyperlink_564"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>