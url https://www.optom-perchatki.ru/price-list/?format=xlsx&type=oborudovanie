--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Цена ед., руб.</t>
   </si>
   <si>
     <t>Разм. ряд</t>
   </si>
   <si>
     <t>Цена разм. ряда, руб.</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
@@ -79,190 +79,130 @@
 Размер 10х5см.</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2157.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2157.jpg</t>
   </si>
   <si>
     <t>A-022</t>
   </si>
   <si>
     <t>Хромированный крючок с прищепкой, можно использовать для перчаток и головный уборов.
 Размер 7х4см.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4443.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4443.jpg</t>
   </si>
   <si>
-    <t>A-P1</t>
-[...13 lines deleted...]
-  <si>
     <t>AK1-5 бел</t>
   </si>
   <si>
     <t>Крючок 10шт/уп</t>
   </si>
   <si>
     <t>Продается упаковками: по 10 шт/уп.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4444.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4444.jpg</t>
   </si>
   <si>
     <t>AK1-5 хром</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4445.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4445.jpg</t>
   </si>
   <si>
-    <t>Arrow-9S</t>
-[...14 lines deleted...]
-    <t>BOX-crosh</t>
+    <t>Box-crosh</t>
   </si>
   <si>
     <t>Коробка упаковочная для перчаток</t>
   </si>
   <si>
     <t>Стильная добротная коробка из белого картона для упаковки перчаток. Смотрится очень презентабельно! Отлично подходит для витринной презентации или подарочной упаковки.
 Поставляется в разложенном виде - за счет этого не мнется при транспортировке. Легко собирается.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/6172.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/6172.jpg</t>
   </si>
   <si>
     <t>BOX-leta</t>
   </si>
   <si>
     <t>Стильная добротная коробка из крафт-картона для упаковки перчаток. Смотрится очень презентабельно! Отлично подходит для витринной презентации или подарочной упаковки.
 Поставляется в разложенном виде - за счет этого не мнется при транспортировке. Легко собирается.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/6171.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/6171.jpg</t>
   </si>
   <si>
-    <t>G-alisa тел</t>
+    <t>G2</t>
   </si>
   <si>
     <t>Манекен - голова</t>
   </si>
   <si>
-    <t>http://www.optom-perchatki.ru/uploads/products/small/4438.jpg</t>
-[...2 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/4438.jpg</t>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/1291.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/1291.jpg</t>
   </si>
   <si>
     <t>G3-man кор</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4436.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4436.jpg</t>
   </si>
   <si>
-    <t>G4</t>
-[...11 lines deleted...]
-    <t>G5 бел</t>
+    <t>G6-man бел</t>
   </si>
   <si>
     <t>Стильный качественный манекен выполнен из глянцевого пластика.</t>
   </si>
   <si>
-    <t>http://www.optom-perchatki.ru/uploads/products/small/5885.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5887.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5887.jpg</t>
   </si>
   <si>
     <t>G6-man чер</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5888.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5888.jpg</t>
   </si>
   <si>
     <t>G6-woman бел</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5889.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5889.jpg</t>
   </si>
   <si>
     <t>G6-woman чер</t>
@@ -297,51 +237,51 @@
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5891.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5891.jpg</t>
   </si>
   <si>
     <t>H2000</t>
   </si>
   <si>
     <t>Маркератор</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4986.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4986.jpg</t>
   </si>
   <si>
     <t>Hand1</t>
   </si>
   <si>
     <t>Манекен - рука</t>
   </si>
   <si>
-    <t>Пластиковый манекен руки будет идеальной формой для качественной демонстрации перчаток в Вашем магазине! Есть правый и левый манкены. Подходит для демонстрации женских и подростковых моделей.
+    <t>Пластиковый манекен руки будет идеальной формой для качественной демонстрации перчаток в Вашем магазине! В наличии только правый манекен. Подходит для демонстрации женских и подростковых моделей.
 Продается поштучно.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2869.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2869.jpg</t>
   </si>
   <si>
     <t>Hand3</t>
   </si>
   <si>
     <t>Для демонстрации удлиненных и длинных перчаток.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2903.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2903.jpg</t>
   </si>
   <si>
     <t>K007-7</t>
   </si>
   <si>
     <t>Вешало для экономпанели</t>
@@ -478,409 +418,479 @@
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4440.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4440.jpg</t>
   </si>
   <si>
     <t>KP1 оранж</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4441.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4441.jpg</t>
   </si>
   <si>
     <t>KP1 чер</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2153.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2153.jpg</t>
   </si>
   <si>
-    <t>KX-8006 цвет</t>
-[...57 lines deleted...]
-  <si>
     <t>MX-5500EOS</t>
+  </si>
+  <si>
+    <t>Цвет в ассортименте</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4057.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4057.jpg</t>
   </si>
   <si>
     <t>PLAT1-10</t>
   </si>
   <si>
     <t>Держатели для платков 10 шт/уп</t>
   </si>
   <si>
     <t>Диаметр - 13см.
 Продается упаковками: по 10 шт/уп</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4442.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4442.jpg</t>
   </si>
   <si>
-    <t>QXD008</t>
-[...14 lines deleted...]
-  <si>
     <t>QXD019-2</t>
   </si>
   <si>
     <t>Стойка для перчаток</t>
   </si>
   <si>
     <t>Хромированная настольная стойка, 2х-ярусная. Регулируется по высоте.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/2158.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/2158.jpg</t>
   </si>
   <si>
-    <t>QXD019-3</t>
-[...39 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/4959.jpg</t>
+    <t>SS-10 бел</t>
+  </si>
+  <si>
+    <t>Полоса для шапок</t>
+  </si>
+  <si>
+    <t>Металлическая проволочная полоса на 10 мест для демонстрации головных уборов. Легкая и мобильная конструкция может размещаться на вертикальных поверхностях с помощью крючков. Цвет - белый.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6404.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6404.jpg</t>
   </si>
   <si>
     <t>SSh-105 бел</t>
   </si>
   <si>
     <t>Стойка для шапок</t>
   </si>
   <si>
-    <t>Стойка вращающаяся под шапки на 105 мест предназначена для размещения и демонстрации вязаных, спортивных, трикотажных шапок.
-[...1 lines deleted...]
-Высота 180 см, диаметр 60 см.</t>
+    <t>Стойка вращающаяся под шапки на 105 мест предназначена для размещения и демонстрации головных уборов.
+У стойки 5 ярусов, в каждом из которых по 7 направляющих с 3 местами на каждом - итого по 21 месту в ярусе. Ярусы могут быть зафиксированы на любой высоте и легко вращаются независимо друг от друга. Устойчивая Х-образная опора. Стойка разбирается, что облегчает её транспортировку.
+Высота 180-190 см, диаметр 60 см.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5136.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5136.jpg</t>
   </si>
   <si>
-    <t>SSh-48 бел</t>
-[...20 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/2358.jpg</t>
+    <t>SSh-105 чер</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6400.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6400.jpg</t>
+  </si>
+  <si>
+    <t>SSh-42g бел</t>
+  </si>
+  <si>
+    <t>Стойка вращающаяся на 42 места предназначена для размещения и демонстрации головных уборов.
+У стойки 6 ярусов с 7 местами под шапки на каждом. Ярусы могут быть зафиксированы на любой высоте и легко вращаются вокруг оси. Стойка может быть оборудована дополнительно пластиковыми колпаками под шапки.
+Устойчивая Х-образная опора. Стойка разбирается, что облегчает её транспортировку.
+Высота 180-190 см, диаметр 60 см.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6402.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6402.jpg</t>
   </si>
   <si>
     <t>SSh-50 бел</t>
   </si>
   <si>
     <t>Сетка для шапок</t>
   </si>
   <si>
     <t>Плоская стойка-сетка белая крашенная, на 50 мест. Высота - 1360 мм, ширина - 1040 мм.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4958.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4958.jpg</t>
   </si>
   <si>
-    <t>ST-096</t>
-[...13 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/6131.jpg</t>
+    <t>SSh-60 бел</t>
+  </si>
+  <si>
+    <t>Стойка c вращающимся барабаном на 42 места предназначена для размещения и демонстрации головных уборов. У стойки 6 граней с 7 плоскими полукруглыми местами под шапки на каждой. Устойчивая Х-образная опора.
+Высота 180-190 см, диаметр 37 см.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6403.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6403.jpg</t>
+  </si>
+  <si>
+    <t>SShT-21 бел</t>
+  </si>
+  <si>
+    <t>Стойка для шапок настольная</t>
+  </si>
+  <si>
+    <t>Стойка вращающаяся настольная на 21 место предназначена для размещения и демонстрации головных уборов.
+У стойки один ярус, в котором 7 направляющих с 3 местами на каждом — всего 21 место. Ярус может быть зафиксирован на любой высоте и легко вращаться. Стойка разбирается, что облегчает её транспортировку.
+Высота 80-90см, диаметр яруса - 59см.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6406.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6406.jpg</t>
+  </si>
+  <si>
+    <t>SShT-42 бел</t>
+  </si>
+  <si>
+    <t>Стойка вращающаяся настольная на 42 места предназначена для размещения и демонстрации головных уборов.
+У стойки 2 яруса, в каждом из которых по 7 направляющих с 3 местами на каждом — итого по 21 месту в ярусе. Ярусы могут быть зафиксированы на любой высоте и легко вращаются независимо друг от друга. Стойка разбирается, что облегчает её транспортировку.
+Высота 80-90см, диаметр яруса - 59см.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6405.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6405.jpg</t>
+  </si>
+  <si>
+    <t>SU100 сер</t>
+  </si>
+  <si>
+    <t>Стеллаж универсальный</t>
+  </si>
+  <si>
+    <t>Универсальный сетчатый стеллаж с 6 корзинами. Высота 185 см, ширина 60 см, глубина 35 см.
+Доставляется в разобранном виде, легко собирается.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6407.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6407.jpg</t>
   </si>
   <si>
     <t>Tag pin-1 35mm</t>
   </si>
   <si>
     <t>Ярлыкодержатели для бирок</t>
   </si>
   <si>
     <t>Используется в пистолете для крепления ярлыков, бирок, ценников к изделиям из ткани.
 Размер: 35mm. Количество в упаковке: 5000шт.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5026.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5026.jpg</t>
   </si>
   <si>
     <t>Tag pin-2 50mm</t>
   </si>
   <si>
     <t>Используется в пистолете для крепления ярлыков, бирок, ценников к изделиям из ткани.
 Размер: 50mm. Количество в упаковке: 5000шт.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5023.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5023.jpg</t>
   </si>
   <si>
     <t>Tag pin-3 65mm</t>
   </si>
   <si>
     <t>Используется в пистолете для крепления ярлыков, бирок, ценников к изделиям из ткани.
 Размер: 65mm. Количество в упаковке: 5000шт.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5024.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5024.jpg</t>
   </si>
   <si>
-    <t>TC-2 жел</t>
+    <t>TC-1 бел</t>
   </si>
   <si>
     <t>Ценники-этикетки</t>
   </si>
   <si>
-    <t>В упаковке: 5 рулонов по 300 этикеток в каждом. Размер этикетки 36х50mm.</t>
-[...72 lines deleted...]
-    <t>http://www.optom-perchatki.ru/uploads/products/large/5039.jpg</t>
+    <t>В упаковке: 6 рулонов по 200 этикеток в каждом. Размер этикетки 20х30mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5027.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5027.jpg</t>
+  </si>
+  <si>
+    <t>TC-1 жел</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5028.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5028.jpg</t>
+  </si>
+  <si>
+    <t>TC-1 зел</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5029.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5029.jpg</t>
+  </si>
+  <si>
+    <t>TC-1 оранж</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5030.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5030.jpg</t>
+  </si>
+  <si>
+    <t>TC-1 роз</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5031.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5031.jpg</t>
+  </si>
+  <si>
+    <t>TC-3 оранж</t>
+  </si>
+  <si>
+    <t>В упаковке: 10 рулонов по 100 этикеток в каждом. Размер этикетки 20х30mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6414.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6414.jpg</t>
+  </si>
+  <si>
+    <t>TE-3 р.50x30mm</t>
+  </si>
+  <si>
+    <t>Термо-этикетки</t>
+  </si>
+  <si>
+    <t>Самоклеющиеся. Для термопринтера и весов.
+В упаковке: 4 рулона по 800 этикеток в каждом. Размер этикетки 50х30mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6419.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6419.jpg</t>
+  </si>
+  <si>
+    <t>TE-3 р.58x30mm</t>
+  </si>
+  <si>
+    <t>Самоклеющиеся. Для термопринтера и весов.
+В упаковке: 5 рулонов по 800 этикеток в каждом. Размер этикетки 58х30mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6420.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6420.jpg</t>
+  </si>
+  <si>
+    <t>TE-3 р.58x60mm</t>
+  </si>
+  <si>
+    <t>Самоклеющиеся. Для термопринтера и весов.
+В упаковке: 5 рулонов по 600 этикеток в каждом. Размер этикетки 58х60mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6422.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6422.jpg</t>
+  </si>
+  <si>
+    <t>TL-1/1 термолента</t>
+  </si>
+  <si>
+    <t>Термолента для кассовых аппаратов и терминалов</t>
+  </si>
+  <si>
+    <t>Для кассовых аппаратов и терминалов.
+В упаковке: 10 рулонов. Ширина - 57mm, диаметр - 45mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/5040.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/5040.jpg</t>
+  </si>
+  <si>
+    <t>TL-1/3 термолента</t>
+  </si>
+  <si>
+    <t>Для кассовых аппаратов и терминалов.
+В упаковке: 10 рулонов. Ширина - 57mm, диаметр - 50mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6447.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6447.jpg</t>
+  </si>
+  <si>
+    <t>TL-2/3 термолента</t>
+  </si>
+  <si>
+    <t>Для кассовых аппаратов и терминалов.
+В упаковке: 10 рулонов. Ширина - 57mm, диаметр - 35mm.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6449.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6449.jpg</t>
+  </si>
+  <si>
+    <t>TL-3/1 термолента</t>
+  </si>
+  <si>
+    <t>Для кассовых аппаратов и терминалов.
+Ширина - 80mm, диаметр - 65mm. Поштучно.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6450.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6450.jpg</t>
+  </si>
+  <si>
+    <t>TL-3/2 термолента</t>
+  </si>
+  <si>
+    <t>Для кассовых аппаратов и терминалов.
+Ширина - 80mm, диаметр - 80mm. Поштучно.</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/6451.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/6451.jpg</t>
+  </si>
+  <si>
+    <t>TSB-1 800шт х10</t>
+  </si>
+  <si>
+    <t>Ценники</t>
+  </si>
+  <si>
+    <t>800шт - 10 катушек</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/4060.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/4060.jpg</t>
+  </si>
+  <si>
+    <t>TSB-2 500шт х10</t>
+  </si>
+  <si>
+    <t>500шт - 10 катушек</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/4061.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/4061.jpg</t>
+  </si>
+  <si>
+    <t>TSB-3 300шт х10</t>
+  </si>
+  <si>
+    <t>300шт - 10 катушек</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/small/4062.jpg</t>
+  </si>
+  <si>
+    <t>http://www.optom-perchatki.ru/uploads/products/large/4062.jpg</t>
   </si>
   <si>
     <t>TSB-4 700шт х10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ценники</t>
   </si>
   <si>
     <t>В упаковке: 10 рулонов по 700 ценников в каждом.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/6213.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/6213.jpg</t>
   </si>
   <si>
     <t>VE22-10</t>
   </si>
   <si>
     <t>Вешалка для шарфов 10шт/уп</t>
   </si>
   <si>
     <t>Вешалка с зажимами - для шарфов, снудов и платков. Ширина 22см.
 Продается упаковками: по 10 шт/уп.</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/4449.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/4449.jpg</t>
@@ -935,78 +945,57 @@
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5009.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5009.jpg</t>
   </si>
   <si>
     <t>ZZ-1C</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5010.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5010.jpg</t>
   </si>
   <si>
     <t>ZZ-1D</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5011.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5011.jpg</t>
   </si>
   <si>
-    <t>ZZ-2A</t>
+    <t>ZZ-2C</t>
   </si>
   <si>
     <t>Ценник средний 10 шт/уп</t>
   </si>
   <si>
-    <t>В упаковке 10 шт, размер 13х18см.</t>
-[...10 lines deleted...]
-  <si>
     <t>В упаковке 10 шт, размер 13х18см.</t>
-  </si>
-[...7 lines deleted...]
-    <t>ZZ-2C</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5014.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5014.jpg</t>
   </si>
   <si>
     <t>ZZ-2D</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/small/5015.jpg</t>
   </si>
   <si>
     <t>http://www.optom-perchatki.ru/uploads/products/large/5015.jpg</t>
   </si>
   <si>
     <t>ZZ-3A</t>
   </si>
   <si>
     <t>Ценник малый 10 шт/уп</t>
   </si>
   <si>
     <t>В упаковке 10 шт, размер 10х13см.</t>
   </si>
@@ -1446,62 +1435,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2157.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2157.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4443.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4443.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3004.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/3004.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4444.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4444.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4445.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4445.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4058.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4058.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4438.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4438.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4436.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4436.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2901.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2901.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5885.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5886.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4439.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4439.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5891.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5891.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4455.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4455.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2155.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2155.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2156.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2156.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2154.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2154.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4440.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4440.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4441.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4441.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2153.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2153.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4987.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4987.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4988.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4988.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5021.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5021.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5022.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5022.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4442.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4442.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4960.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4960.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2158.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2158.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2159.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2159.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5135.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5135.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4959.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4959.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5136.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5136.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4956.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4956.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2358.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4958.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4958.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6131.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6131.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5026.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5026.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5023.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5023.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5024.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5024.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5032.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5032.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5033.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5034.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5035.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5035.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5037.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5037.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5038.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5038.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5039.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5039.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6213.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6213.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5008.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5008.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5009.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5009.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5011.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5011.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5012.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5012.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5013.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5013.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5014.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5014.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5016.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5016.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5017.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5017.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5018.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5018.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5019.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5019.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5020.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5020.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2157.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2157.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4443.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4443.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4444.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4444.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4445.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4445.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6172.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6171.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1291.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/1291.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4436.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4436.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5887.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5888.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5889.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5890.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4439.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4439.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5891.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5891.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4986.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2869.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2903.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4456.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4455.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4455.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4454.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4453.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4452.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2155.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2155.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2156.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2156.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2154.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2154.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4440.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4440.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4441.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4441.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2153.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2153.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4057.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4442.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4442.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2158.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/2158.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6404.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6404.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5136.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5136.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6400.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6400.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6402.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6402.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4958.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4958.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6403.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6403.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6406.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6405.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6407.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5026.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5026.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5023.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5023.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5024.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5024.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5027.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5027.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5028.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5028.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5029.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5029.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5030.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5031.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5031.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6414.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6414.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6419.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6420.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6422.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5040.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5040.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6450.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6451.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4060.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4061.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4061.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4062.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4062.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6213.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/6213.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4449.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4448.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/4447.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5008.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5008.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5009.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5009.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5010.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5011.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5011.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5014.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5014.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5015.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5016.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5016.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5017.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5017.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5018.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5018.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5019.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5019.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5020.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.optom-perchatki.ru/uploads/products/small/5020.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J79"/>
+  <dimension ref="A1:J78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A79" sqref="A79"/>
+      <selection activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="true" style="0"/>
     <col min="2" max="2" width="16" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="45" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="9" customWidth="true" style="0"/>
     <col min="7" max="7" width="12" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" customWidth="true" style="0"/>
     <col min="9" max="9" width="55" customWidth="true" style="0"/>
     <col min="10" max="10" width="55" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1520,2524 +1509,2492 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="2">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F2" s="3">
         <v>1</v>
       </c>
       <c r="G2" s="3">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F3" s="3">
         <v>1</v>
       </c>
       <c r="G3" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="2">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G4" s="3">
-        <v>75</v>
+        <v>150</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="2">
+        <v>18</v>
+      </c>
+      <c r="F5" s="3">
+        <v>10</v>
+      </c>
+      <c r="G5" s="3">
+        <v>180</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="J5" s="5" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="2">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
-        <v>140</v>
+        <v>45</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2">
+        <v>50</v>
+      </c>
+      <c r="F7" s="3">
+        <v>1</v>
+      </c>
+      <c r="G7" s="3">
+        <v>50</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="2">
-[...11 lines deleted...]
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2">
+        <v>550</v>
+      </c>
+      <c r="F8" s="3">
+        <v>1</v>
+      </c>
+      <c r="G8" s="3">
+        <v>550</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="J8" s="5" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2">
+        <v>120</v>
+      </c>
+      <c r="F9" s="3">
+        <v>1</v>
+      </c>
+      <c r="G9" s="3">
+        <v>120</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>44</v>
-      </c>
-[...22 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" s="2">
+        <v>2200</v>
+      </c>
+      <c r="F10" s="3">
+        <v>1</v>
+      </c>
+      <c r="G10" s="3">
+        <v>2200</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>48</v>
-      </c>
-[...20 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E11" s="2">
-        <v>120</v>
+        <v>2200</v>
       </c>
       <c r="F11" s="3">
         <v>1</v>
       </c>
       <c r="G11" s="3">
-        <v>120</v>
+        <v>2200</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E12" s="2">
-        <v>600</v>
+        <v>2100</v>
       </c>
       <c r="F12" s="3">
         <v>1</v>
       </c>
       <c r="G12" s="3">
-        <v>600</v>
+        <v>2100</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="E13" s="2">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="F13" s="3">
         <v>1</v>
       </c>
       <c r="G13" s="3">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="2">
-        <v>1800</v>
+        <v>1600</v>
       </c>
       <c r="F14" s="3">
         <v>1</v>
       </c>
       <c r="G14" s="3">
-        <v>1800</v>
+        <v>1600</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="2">
+        <v>2100</v>
+      </c>
+      <c r="F15" s="3">
+        <v>1</v>
+      </c>
+      <c r="G15" s="3">
+        <v>2100</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="J15" s="5" t="s">
         <v>66</v>
-      </c>
-[...22 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2">
+        <v>830</v>
+      </c>
+      <c r="F16" s="3">
+        <v>1</v>
+      </c>
+      <c r="G16" s="3">
+        <v>830</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I16" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="C16" s="2" t="s">
-[...17 lines deleted...]
-      <c r="I16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="C17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="2" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="E17" s="2">
-        <v>2100</v>
+        <v>500</v>
       </c>
       <c r="F17" s="3">
         <v>1</v>
       </c>
       <c r="G17" s="3">
-        <v>2100</v>
+        <v>500</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="E18" s="2">
-        <v>2100</v>
+        <v>550</v>
       </c>
       <c r="F18" s="3">
         <v>1</v>
       </c>
       <c r="G18" s="3">
-        <v>2100</v>
+        <v>550</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E19" s="2">
-        <v>1600</v>
+        <v>180</v>
       </c>
       <c r="F19" s="3">
         <v>1</v>
       </c>
       <c r="G19" s="3">
-        <v>1600</v>
+        <v>180</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E20" s="2">
-        <v>2100</v>
+        <v>200</v>
       </c>
       <c r="F20" s="3">
         <v>1</v>
       </c>
       <c r="G20" s="3">
-        <v>2100</v>
+        <v>200</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>81</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="E21" s="2">
-        <v>690</v>
+        <v>75</v>
       </c>
       <c r="F21" s="3">
         <v>1</v>
       </c>
       <c r="G21" s="3">
-        <v>690</v>
+        <v>75</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E22" s="2">
-        <v>500</v>
+        <v>75</v>
       </c>
       <c r="F22" s="3">
         <v>1</v>
       </c>
       <c r="G22" s="3">
-        <v>500</v>
+        <v>75</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E23" s="2">
-        <v>550</v>
+        <v>75</v>
       </c>
       <c r="F23" s="3">
         <v>1</v>
       </c>
       <c r="G23" s="3">
-        <v>550</v>
+        <v>75</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E24" s="2">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="F24" s="3">
         <v>1</v>
       </c>
       <c r="G24" s="3">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>103</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E25" s="2">
-        <v>160</v>
+        <v>125</v>
       </c>
       <c r="F25" s="3">
         <v>1</v>
       </c>
       <c r="G25" s="3">
-        <v>160</v>
+        <v>125</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>107</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E26" s="2">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="F26" s="3">
         <v>1</v>
       </c>
       <c r="G26" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E27" s="2">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F27" s="3">
         <v>1</v>
       </c>
       <c r="G27" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E28" s="2">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="F28" s="3">
         <v>1</v>
       </c>
       <c r="G28" s="3">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E29" s="2">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="F29" s="3">
         <v>1</v>
       </c>
       <c r="G29" s="3">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E30" s="2">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="F30" s="3">
         <v>1</v>
       </c>
       <c r="G30" s="3">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D31" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E31" s="2">
+        <v>60</v>
+      </c>
+      <c r="F31" s="3">
+        <v>1</v>
+      </c>
+      <c r="G31" s="3">
+        <v>60</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I31" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="E31" s="2">
-[...11 lines deleted...]
-      <c r="I31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="C32" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="2" t="s">
+      <c r="E32" s="2">
+        <v>600</v>
+      </c>
+      <c r="F32" s="3">
+        <v>1</v>
+      </c>
+      <c r="G32" s="3">
+        <v>600</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="E32" s="2">
-[...11 lines deleted...]
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E33" s="2">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="F33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G33" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>140</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E34" s="2">
-        <v>70</v>
+        <v>1500</v>
       </c>
       <c r="F34" s="3">
         <v>1</v>
       </c>
       <c r="G34" s="3">
-        <v>70</v>
+        <v>1500</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>145</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E35" s="2">
-        <v>70</v>
+        <v>540</v>
       </c>
       <c r="F35" s="3">
         <v>1</v>
       </c>
       <c r="G35" s="3">
-        <v>70</v>
+        <v>540</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="E36" s="2">
-        <v>60</v>
+        <v>5200</v>
       </c>
       <c r="F36" s="3">
         <v>1</v>
       </c>
       <c r="G36" s="3">
-        <v>60</v>
+        <v>5200</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="D37" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>15</v>
+        <v>5500</v>
       </c>
       <c r="F37" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
-        <v>180</v>
+        <v>5500</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E38" s="2">
-        <v>15</v>
+        <v>4900</v>
       </c>
       <c r="F38" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
-        <v>180</v>
+        <v>4900</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E39" s="2">
-        <v>390</v>
+        <v>1500</v>
       </c>
       <c r="F39" s="3">
         <v>1</v>
       </c>
       <c r="G39" s="3">
-        <v>390</v>
+        <v>1500</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E40" s="2">
-        <v>390</v>
+        <v>5500</v>
       </c>
       <c r="F40" s="3">
         <v>1</v>
       </c>
       <c r="G40" s="3">
-        <v>390</v>
+        <v>5500</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>88</v>
+        <v>174</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="E41" s="2">
-        <v>480</v>
+        <v>2530</v>
       </c>
       <c r="F41" s="3">
         <v>1</v>
       </c>
       <c r="G41" s="3">
-        <v>480</v>
+        <v>2530</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E42" s="2">
-        <v>12</v>
+        <v>3250</v>
       </c>
       <c r="F42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G42" s="3">
-        <v>120</v>
+        <v>3250</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E43" s="2">
-        <v>3800</v>
+        <v>6100</v>
       </c>
       <c r="F43" s="3">
         <v>1</v>
       </c>
       <c r="G43" s="3">
-        <v>3800</v>
+        <v>6100</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E44" s="2">
-        <v>1200</v>
+        <v>235</v>
       </c>
       <c r="F44" s="3">
         <v>1</v>
       </c>
       <c r="G44" s="3">
-        <v>1200</v>
+        <v>235</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E45" s="2">
-        <v>1350</v>
+        <v>250</v>
       </c>
       <c r="F45" s="3">
         <v>1</v>
       </c>
       <c r="G45" s="3">
-        <v>1350</v>
+        <v>250</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E46" s="2">
-        <v>2150</v>
+        <v>265</v>
       </c>
       <c r="F46" s="3">
         <v>1</v>
       </c>
       <c r="G46" s="3">
-        <v>2150</v>
+        <v>265</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E47" s="2">
-        <v>1640</v>
+        <v>335</v>
       </c>
       <c r="F47" s="3">
         <v>1</v>
       </c>
       <c r="G47" s="3">
-        <v>1640</v>
+        <v>335</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D48" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E48" s="2">
+        <v>335</v>
+      </c>
+      <c r="F48" s="3">
+        <v>1</v>
+      </c>
+      <c r="G48" s="3">
+        <v>335</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I48" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="E48" s="2">
-[...11 lines deleted...]
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E49" s="2">
+        <v>335</v>
+      </c>
+      <c r="F49" s="3">
+        <v>1</v>
+      </c>
+      <c r="G49" s="3">
+        <v>335</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I49" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="2" t="s">
+      <c r="J49" s="5" t="s">
         <v>210</v>
-      </c>
-[...16 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E50" s="2">
+        <v>335</v>
+      </c>
+      <c r="F50" s="3">
+        <v>1</v>
+      </c>
+      <c r="G50" s="3">
+        <v>335</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J50" s="5" t="s">
         <v>213</v>
-      </c>
-[...22 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="E51" s="2">
-        <v>1500</v>
+        <v>335</v>
       </c>
       <c r="F51" s="3">
         <v>1</v>
       </c>
       <c r="G51" s="3">
-        <v>1500</v>
+        <v>335</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>223</v>
+        <v>201</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="E52" s="2">
-        <v>9900</v>
+        <v>370</v>
       </c>
       <c r="F52" s="3">
         <v>1</v>
       </c>
       <c r="G52" s="3">
-        <v>9900</v>
+        <v>370</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="E53" s="2">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F53" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G53" s="3">
-        <v>190</v>
+        <v>780</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E54" s="2">
+        <v>185</v>
+      </c>
+      <c r="F54" s="3">
+        <v>5</v>
+      </c>
+      <c r="G54" s="3">
+        <v>925</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="D54" s="2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J54" s="5" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="E55" s="2">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="F55" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G55" s="3">
-        <v>210</v>
+        <v>1300</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="E56" s="2">
-        <v>280</v>
+        <v>45</v>
       </c>
       <c r="F56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G56" s="3">
-        <v>280</v>
+        <v>450</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="E57" s="2">
+        <v>54</v>
+      </c>
+      <c r="F57" s="3">
+        <v>10</v>
+      </c>
+      <c r="G57" s="3">
+        <v>540</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="J57" s="5" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E58" s="2">
-        <v>280</v>
+        <v>27</v>
       </c>
       <c r="F58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G58" s="3">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="E59" s="2">
-        <v>280</v>
+        <v>150</v>
       </c>
       <c r="F59" s="3">
         <v>1</v>
       </c>
       <c r="G59" s="3">
-        <v>280</v>
+        <v>150</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="E60" s="2">
+        <v>230</v>
+      </c>
+      <c r="F60" s="3">
+        <v>1</v>
+      </c>
+      <c r="G60" s="3">
+        <v>230</v>
+      </c>
+      <c r="H60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="J60" s="5" t="s">
         <v>254</v>
-      </c>
-[...22 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="E61" s="2">
+        <v>210</v>
+      </c>
+      <c r="F61" s="3">
+        <v>1</v>
+      </c>
+      <c r="G61" s="3">
+        <v>210</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J61" s="5" t="s">
         <v>259</v>
-      </c>
-[...22 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="E62" s="2">
+        <v>140</v>
+      </c>
+      <c r="F62" s="3">
+        <v>1</v>
+      </c>
+      <c r="G62" s="3">
+        <v>140</v>
+      </c>
+      <c r="H62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I62" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="J62" s="5" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="E63" s="2">
+        <v>95</v>
+      </c>
+      <c r="F63" s="3">
+        <v>1</v>
+      </c>
+      <c r="G63" s="3">
+        <v>95</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="J63" s="5" t="s">
         <v>267</v>
-      </c>
-[...22 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E64" s="2">
-        <v>23</v>
+        <v>185</v>
       </c>
       <c r="F64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G64" s="3">
-        <v>230</v>
+        <v>185</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E65" s="2">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F65" s="3">
         <v>10</v>
       </c>
       <c r="G65" s="3">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E66" s="2">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F66" s="3">
         <v>10</v>
       </c>
       <c r="G66" s="3">
-        <v>290</v>
+        <v>340</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="E67" s="2">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="F67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G67" s="3">
-        <v>95</v>
+        <v>370</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E68" s="2">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="F68" s="3">
         <v>1</v>
       </c>
       <c r="G68" s="3">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>291</v>
       </c>
       <c r="E69" s="2">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="F69" s="3">
         <v>1</v>
       </c>
       <c r="G69" s="3">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>291</v>
       </c>
       <c r="E70" s="2">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="F70" s="3">
         <v>1</v>
       </c>
       <c r="G70" s="3">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="E71" s="2">
         <v>75</v>
       </c>
       <c r="F71" s="3">
         <v>1</v>
       </c>
       <c r="G71" s="3">
         <v>75</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E72" s="2">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="F72" s="3">
         <v>1</v>
       </c>
       <c r="G72" s="3">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D73" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="E73" s="2">
+        <v>55</v>
+      </c>
+      <c r="F73" s="3">
+        <v>1</v>
+      </c>
+      <c r="G73" s="3">
+        <v>55</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I73" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="E73" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="J73" s="5" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E74" s="2">
+        <v>40</v>
+      </c>
+      <c r="F74" s="3">
+        <v>1</v>
+      </c>
+      <c r="G74" s="3">
+        <v>40</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="J74" s="5" t="s">
         <v>312</v>
-      </c>
-[...22 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E75" s="2">
+        <v>40</v>
+      </c>
+      <c r="F75" s="3">
+        <v>1</v>
+      </c>
+      <c r="G75" s="3">
+        <v>40</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="J75" s="5" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="D76" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E76" s="2">
+        <v>40</v>
+      </c>
+      <c r="F76" s="3">
+        <v>1</v>
+      </c>
+      <c r="G76" s="3">
+        <v>40</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I76" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="E76" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="J76" s="5" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="E77" s="2">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F77" s="3">
         <v>1</v>
       </c>
       <c r="G77" s="3">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="E78" s="2">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F78" s="3">
         <v>1</v>
       </c>
       <c r="G78" s="3">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>329</v>
-[...31 lines deleted...]
-        <v>332</v>
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="I2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="J2" r:id="rId_hyperlink_2"/>
     <hyperlink ref="I3" r:id="rId_hyperlink_3"/>
     <hyperlink ref="J3" r:id="rId_hyperlink_4"/>
     <hyperlink ref="I4" r:id="rId_hyperlink_5"/>
     <hyperlink ref="J4" r:id="rId_hyperlink_6"/>
     <hyperlink ref="I5" r:id="rId_hyperlink_7"/>
     <hyperlink ref="J5" r:id="rId_hyperlink_8"/>
     <hyperlink ref="I6" r:id="rId_hyperlink_9"/>
     <hyperlink ref="J6" r:id="rId_hyperlink_10"/>
     <hyperlink ref="I7" r:id="rId_hyperlink_11"/>
     <hyperlink ref="J7" r:id="rId_hyperlink_12"/>
     <hyperlink ref="I8" r:id="rId_hyperlink_13"/>
     <hyperlink ref="J8" r:id="rId_hyperlink_14"/>
     <hyperlink ref="I9" r:id="rId_hyperlink_15"/>
     <hyperlink ref="J9" r:id="rId_hyperlink_16"/>
     <hyperlink ref="I10" r:id="rId_hyperlink_17"/>
     <hyperlink ref="J10" r:id="rId_hyperlink_18"/>
     <hyperlink ref="I11" r:id="rId_hyperlink_19"/>
     <hyperlink ref="J11" r:id="rId_hyperlink_20"/>
@@ -4153,52 +4110,50 @@
     <hyperlink ref="J66" r:id="rId_hyperlink_130"/>
     <hyperlink ref="I67" r:id="rId_hyperlink_131"/>
     <hyperlink ref="J67" r:id="rId_hyperlink_132"/>
     <hyperlink ref="I68" r:id="rId_hyperlink_133"/>
     <hyperlink ref="J68" r:id="rId_hyperlink_134"/>
     <hyperlink ref="I69" r:id="rId_hyperlink_135"/>
     <hyperlink ref="J69" r:id="rId_hyperlink_136"/>
     <hyperlink ref="I70" r:id="rId_hyperlink_137"/>
     <hyperlink ref="J70" r:id="rId_hyperlink_138"/>
     <hyperlink ref="I71" r:id="rId_hyperlink_139"/>
     <hyperlink ref="J71" r:id="rId_hyperlink_140"/>
     <hyperlink ref="I72" r:id="rId_hyperlink_141"/>
     <hyperlink ref="J72" r:id="rId_hyperlink_142"/>
     <hyperlink ref="I73" r:id="rId_hyperlink_143"/>
     <hyperlink ref="J73" r:id="rId_hyperlink_144"/>
     <hyperlink ref="I74" r:id="rId_hyperlink_145"/>
     <hyperlink ref="J74" r:id="rId_hyperlink_146"/>
     <hyperlink ref="I75" r:id="rId_hyperlink_147"/>
     <hyperlink ref="J75" r:id="rId_hyperlink_148"/>
     <hyperlink ref="I76" r:id="rId_hyperlink_149"/>
     <hyperlink ref="J76" r:id="rId_hyperlink_150"/>
     <hyperlink ref="I77" r:id="rId_hyperlink_151"/>
     <hyperlink ref="J77" r:id="rId_hyperlink_152"/>
     <hyperlink ref="I78" r:id="rId_hyperlink_153"/>
     <hyperlink ref="J78" r:id="rId_hyperlink_154"/>
-    <hyperlink ref="I79" r:id="rId_hyperlink_155"/>
-    <hyperlink ref="J79" r:id="rId_hyperlink_156"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>